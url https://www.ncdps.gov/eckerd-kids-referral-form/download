--- v0 (2025-10-06)
+++ v1 (2026-03-13)
@@ -1,52 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="23CFAF35" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="0062102B" w:rsidRDefault="00316CBC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -177,78 +178,92 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5534135B" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00BD3D90">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B1F922F" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF3E76" w:rsidRDefault="00316CBC" w:rsidP="00EF0549">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35380B89" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00EF0549">
+    <w:p w14:paraId="35380B89" w14:textId="23B3C463" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00EF0549">
       <w:pPr>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF0549">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">This referral form is </w:t>
+        <w:t xml:space="preserve">This referral form </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F80BBA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>applicable</w:t>
+        <w:t>applies</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF0549">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to any of Eckerd’s Community Based Programs or Short-Term Residential Programs. Please check the specific program for which you are making the referral.</w:t>
+        <w:t xml:space="preserve"> to any of Eckerd’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00F80BBA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Community-Based</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF0549">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Programs or Short-Term Residential Programs. Please check the specific program for which you are making the referral.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="1067"/>
         <w:gridCol w:w="687"/>
         <w:gridCol w:w="611"/>
         <w:gridCol w:w="1865"/>
         <w:gridCol w:w="1396"/>
         <w:gridCol w:w="723"/>
         <w:gridCol w:w="865"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="358"/>
         <w:gridCol w:w="632"/>
         <w:gridCol w:w="86"/>
         <w:gridCol w:w="1270"/>
         <w:gridCol w:w="34"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BC7492" w14:paraId="707E2872" w14:textId="77777777" w:rsidTr="00355F7E">
@@ -338,232 +353,207 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="000415B7">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Eckerd Kerr Lake</w:t>
             </w:r>
             <w:r w:rsidR="00982984">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Female)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5420" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62C1626A" w14:textId="5FF6F5F9" w:rsidR="00C730DD" w:rsidRDefault="00C730DD" w:rsidP="00CD7008">
+          <w:p w14:paraId="4FEFCD84" w14:textId="7B8AACDE" w:rsidR="00316CBC" w:rsidRPr="00CD7008" w:rsidRDefault="00C730DD" w:rsidP="00CD7008">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00710F34">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Nakkia Shabenas</w:t>
+              <w:t>Victoria Parham</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (252) 213-7958, nshabenas@eckerd.org</w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> (252)</w:t>
+            </w:r>
+            <w:r w:rsidR="00355F7E">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F80BBA" w:rsidRPr="00F80BBA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>213-7958</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">&amp; </w:t>
-[...29 lines deleted...]
-              <w:t>420-2946, vicparham@eckerd.org</w:t>
+              <w:t>, vicparham@eckerd.org</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BC7492" w14:paraId="082EF058" w14:textId="77777777" w:rsidTr="00181EF4">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="34" w:type="dxa"/>
           <w:trHeight w:val="423"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11DCA945" w14:textId="77777777" w:rsidR="00BC7492" w:rsidRPr="00CD7008" w:rsidRDefault="00BC7492" w:rsidP="00CD7008">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59567B01" w14:textId="77777777" w:rsidR="00BC7492" w:rsidRPr="00CD7008" w:rsidRDefault="00BC7492" w:rsidP="00CD7008">
             <w:pPr>
@@ -674,58 +664,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BE9213F" w14:textId="1AE2A609" w:rsidR="009C294E" w:rsidRPr="00CD7008" w:rsidRDefault="009C294E" w:rsidP="009C294E">
             <w:pPr>
@@ -834,58 +824,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CE3495F" w14:textId="42B221A8" w:rsidR="009C294E" w:rsidRPr="00CD7008" w:rsidRDefault="009C294E" w:rsidP="009C294E">
             <w:pPr>
@@ -982,72 +972,72 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="009C294E" w14:paraId="18C8CE32" w14:textId="77777777" w:rsidTr="00710F34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="34" w:type="dxa"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10190" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
           </w:tcPr>
-          <w:p w14:paraId="50B05C11" w14:textId="1BAF49C7" w:rsidR="009C294E" w:rsidRPr="00CD7008" w:rsidRDefault="009C294E" w:rsidP="009C294E">
+          <w:p w14:paraId="50B05C11" w14:textId="4281BEA4" w:rsidR="009C294E" w:rsidRPr="00CD7008" w:rsidRDefault="009C294E" w:rsidP="009C294E">
             <w:pPr>
               <w:spacing w:before="20" w:after="20" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>NOTE:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> All sections of this form and the required, needed documentation listed on the last page, page 4, </w:t>
+              <w:t xml:space="preserve"> All sections of this form and the required documentation listed on the last page, page 4, </w:t>
             </w:r>
             <w:r w:rsidR="00FE03CC" w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>must</w:t>
             </w:r>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> be included </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00CD7008">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>in order for</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00CD7008">
@@ -1240,58 +1230,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check147"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Actively suicidal</w:t>
             </w:r>
           </w:p>
@@ -1322,58 +1312,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check150"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Substance/alcohol intoxication requiring detoxification</w:t>
             </w:r>
           </w:p>
@@ -1420,58 +1410,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check148"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Actively homicidal</w:t>
             </w:r>
           </w:p>
@@ -1502,58 +1492,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check151"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Psychotic/Mood episodes not controlled by medication</w:t>
             </w:r>
           </w:p>
@@ -1600,58 +1590,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check149"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Full I.Q. 70 or below</w:t>
             </w:r>
           </w:p>
@@ -1720,58 +1710,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check153"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Disposed as sexual predator and assessment iden</w:t>
             </w:r>
             <w:r>
@@ -1813,83 +1803,83 @@
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="239"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10224" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="400960EE" w14:textId="77777777" w:rsidR="009C294E" w:rsidRPr="000451EF" w:rsidRDefault="009C294E" w:rsidP="009C294E">
+          <w:p w14:paraId="400960EE" w14:textId="239E3A0E" w:rsidR="009C294E" w:rsidRPr="000451EF" w:rsidRDefault="009C294E" w:rsidP="009C294E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>completed treatment program for sexual offenders and is deemed low or minimum risk for reoffending</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidR="00F80BBA">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C294E" w:rsidRPr="00A24BAD" w14:paraId="5EC2A067" w14:textId="77777777" w:rsidTr="00710F34">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="161"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10224" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -3344,103 +3334,82 @@
           <w:p w14:paraId="6A5D0D19" w14:textId="77777777" w:rsidR="009C294E" w:rsidRPr="00A24BAD" w:rsidRDefault="009C294E" w:rsidP="009C294E">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0ECC561F" w14:textId="77777777" w:rsidR="009C294E" w:rsidRPr="00A24BAD" w:rsidRDefault="009C294E" w:rsidP="009C294E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="2"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56737BFB" w14:textId="77777777" w:rsidR="00057CA1" w:rsidRDefault="00057CA1" w:rsidP="003115D7"/>
     <w:p w14:paraId="46CE7550" w14:textId="50332DDE" w:rsidR="003115D7" w:rsidRPr="00057CA1" w:rsidRDefault="003115D7" w:rsidP="003115D7">
       <w:r w:rsidRPr="00057CA1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidRPr="00057CA1">
         <w:t>: If this is a referral for a youth currently in a Youth Development Center (YDC), please indicate the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73B5FC1A" w14:textId="118AFFBA" w:rsidR="003115D7" w:rsidRPr="00057CA1" w:rsidRDefault="003115D7" w:rsidP="003115D7">
       <w:pPr>
         <w:rPr>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00057CA1">
-        <w:t>YDC Social Worker: ____________________________</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">_____ </w:t>
+        <w:t xml:space="preserve">YDC Social Worker: _____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25FECBF0" w14:textId="77777777" w:rsidR="003115D7" w:rsidRPr="00057CA1" w:rsidRDefault="003115D7" w:rsidP="003115D7">
       <w:r w:rsidRPr="00057CA1">
         <w:t xml:space="preserve">Contact Information (email &amp; phone): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="273CB039" w14:textId="7F5F39EA" w:rsidR="00FE03CC" w:rsidRPr="00057CA1" w:rsidRDefault="003115D7">
       <w:r w:rsidRPr="00057CA1">
-        <w:t>_______________________________</w:t>
-[...11 lines deleted...]
-        <w:t>_______________</w:t>
+        <w:t>_________________________________________   ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C2E2A4" w14:textId="77777777" w:rsidR="00FE03CC" w:rsidRDefault="00FE03CC"/>
-    <w:p w14:paraId="76FD4CB8" w14:textId="77777777" w:rsidR="00057CA1" w:rsidRDefault="00057CA1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10924" w:type="dxa"/>
         <w:tblInd w:w="-106" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="35"/>
         <w:gridCol w:w="416"/>
         <w:gridCol w:w="47"/>
         <w:gridCol w:w="8"/>
         <w:gridCol w:w="50"/>
         <w:gridCol w:w="339"/>
         <w:gridCol w:w="191"/>
         <w:gridCol w:w="111"/>
         <w:gridCol w:w="144"/>
@@ -3504,51 +3473,50 @@
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8DB3E2"/>
           </w:tcPr>
           <w:p w14:paraId="0E60C091" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="000451EF" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3076"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>DEMOGRAPHICS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="00E22B2C" w14:paraId="6F8E4D85" w14:textId="77777777" w:rsidTr="00FE03CC">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="450" w:type="dxa"/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1197" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D73BF41" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -4051,51 +4019,62 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="00E22B2C" w14:paraId="07F8133C" w14:textId="77777777" w:rsidTr="00FE03CC">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="450" w:type="dxa"/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2711" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="63D52446" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
+          <w:p w14:paraId="7085B882" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-74" w:right="-108"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63D52446" w14:textId="481BE0A3" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-74" w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Parent/Legal Guardian Name(s):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7763" w:type="dxa"/>
             <w:gridSpan w:val="36"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -4110,51 +4089,73 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="008716B7" w14:paraId="16E95121" w14:textId="77777777" w:rsidTr="00FE03CC">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="450" w:type="dxa"/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="895" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5306A6A9" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
+          <w:p w14:paraId="22A26D78" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-74"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7312C1FE" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-74"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5306A6A9" w14:textId="4C4E4DFD" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-74"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9579" w:type="dxa"/>
             <w:gridSpan w:val="46"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -4402,51 +4403,62 @@
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="008716B7" w14:paraId="40CCEE7F" w14:textId="77777777" w:rsidTr="00FE03CC">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="450" w:type="dxa"/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1341" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5848538F" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
+          <w:p w14:paraId="3F6573F8" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-74"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5848538F" w14:textId="31A91A5F" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-74"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Home Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2475" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4454,107 +4466,127 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69BA7082" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1403" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="307B2A15" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
+          <w:p w14:paraId="648C8B47" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="307B2A15" w14:textId="321ED98C" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="009E2F93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cell Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="000A2EF7" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1584" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21B86A36" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
+          <w:p w14:paraId="597001CE" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21B86A36" w14:textId="7EC7FE34" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="009E2F93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Work Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1511" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -4650,58 +4682,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -4754,113 +4786,103 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53D5DEF4" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Step-Parent</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> only</w:t>
+              <w:t>Step-Parent only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED71C8B" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4868,58 +4890,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3700" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -4979,58 +5001,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5083,58 +5105,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5187,58 +5209,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5322,58 +5344,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5426,58 +5448,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5530,58 +5552,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1449" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5665,58 +5687,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5769,58 +5791,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5873,58 +5895,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3700" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -5984,172 +6006,162 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3166" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="560242FC" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Parent/</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Parent/Step-Parent</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="440" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FD0992F" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00EF0549" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2162" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -6202,58 +6214,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -6517,115 +6529,115 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> No </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00EF0549">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00EF0549">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D5A90" w:rsidRPr="008716B7" w14:paraId="5DD9C59D" w14:textId="77777777" w:rsidTr="004F2862">
         <w:trPr>
           <w:gridAfter w:val="2"/>
           <w:wAfter w:w="450" w:type="dxa"/>
           <w:trHeight w:val="224"/>
         </w:trPr>
         <w:tc>
@@ -6933,58 +6945,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1313" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -7074,58 +7086,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -7177,58 +7189,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="009E7BE4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -7287,58 +7299,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2060" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -7421,58 +7433,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="009E7BE4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -7525,58 +7537,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="009E7BE4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -7635,58 +7647,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -7737,58 +7749,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -7840,58 +7852,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="009E7BE4">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="009E7BE4">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -7950,58 +7962,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8052,58 +8064,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8154,58 +8166,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8263,58 +8275,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8365,58 +8377,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8467,58 +8479,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8576,58 +8588,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8678,58 +8690,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8780,58 +8792,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -8889,58 +8901,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9000,58 +9012,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9102,58 +9114,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9211,58 +9223,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9313,58 +9325,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9415,58 +9427,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9524,58 +9536,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9626,58 +9638,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9728,58 +9740,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9837,58 +9849,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -9939,58 +9951,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10041,58 +10053,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10150,58 +10162,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10252,58 +10264,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10354,58 +10366,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10463,58 +10475,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10565,58 +10577,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10667,58 +10679,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10776,58 +10788,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10878,58 +10890,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -10980,58 +10992,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11089,58 +11101,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11191,58 +11203,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11293,58 +11305,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11402,58 +11414,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11504,58 +11516,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11606,58 +11618,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11715,58 +11727,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11817,58 +11829,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -11919,58 +11931,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12028,58 +12040,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12130,58 +12142,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12232,58 +12244,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12341,58 +12353,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12443,58 +12455,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12553,58 +12565,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12662,58 +12674,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12780,58 +12792,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -12898,58 +12910,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13007,58 +13019,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13150,58 +13162,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13252,58 +13264,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13361,58 +13373,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13463,58 +13475,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13565,58 +13577,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13674,58 +13686,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3224" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13776,58 +13788,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -13878,58 +13890,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2803" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -14005,51 +14017,50 @@
           <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10841" w:type="dxa"/>
             <w:gridSpan w:val="53"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="8DB3E2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18EADD91" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="000451EF" w:rsidRDefault="00316CBC" w:rsidP="009740E3">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>FAMILY CHARACTERISTICS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="008716B7" w14:paraId="474FD824" w14:textId="77777777" w:rsidTr="00FE03CC">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="83" w:type="dxa"/>
           <w:trHeight w:val="142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="506" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -14071,58 +14082,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -14174,58 +14185,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -14278,58 +14289,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -14387,58 +14398,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -14490,58 +14501,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -14594,58 +14605,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -14683,78 +14694,79 @@
           <w:tcPr>
             <w:tcW w:w="506" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="56497859" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="000451EF" w:rsidRDefault="00316CBC" w:rsidP="007E2BA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -14806,58 +14818,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -14910,58 +14922,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -15019,58 +15031,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -15122,58 +15134,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -15226,58 +15238,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check104"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -15335,58 +15347,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -15438,58 +15450,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -15542,58 +15554,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check105"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -15651,58 +15663,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -15754,58 +15766,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -15858,58 +15870,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check106"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -15967,58 +15979,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -16070,58 +16082,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -16174,58 +16186,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check107"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -16369,58 +16381,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -16479,58 +16491,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check94"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -16581,58 +16593,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -16689,58 +16701,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -16791,58 +16803,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -16893,58 +16905,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check102"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -17001,58 +17013,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -17103,58 +17115,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -17205,58 +17217,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -17393,58 +17405,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -17497,58 +17509,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -17605,58 +17617,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check115"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -17716,58 +17728,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -17820,58 +17832,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -17928,58 +17940,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check116"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3661" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -18039,58 +18051,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -18143,58 +18155,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2644" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -18379,58 +18391,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -18489,58 +18501,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="706" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -18641,58 +18653,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1426" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -18801,58 +18813,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1426" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -18958,58 +18970,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1426" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19111,58 +19123,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check121"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6924" w:type="dxa"/>
             <w:gridSpan w:val="32"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -19222,58 +19234,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19383,58 +19395,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6910" w:type="dxa"/>
             <w:gridSpan w:val="38"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19569,58 +19581,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6910" w:type="dxa"/>
             <w:gridSpan w:val="38"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19731,58 +19743,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check114"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10335" w:type="dxa"/>
             <w:gridSpan w:val="49"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19839,58 +19851,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check112"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6910" w:type="dxa"/>
             <w:gridSpan w:val="38"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -19999,58 +20011,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check113"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="000451EF">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000451EF">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10335" w:type="dxa"/>
             <w:gridSpan w:val="49"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -21139,58 +21151,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check119"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="635" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -21241,103 +21253,123 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check119"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8928" w:type="dxa"/>
             <w:gridSpan w:val="42"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EB192FD" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
+          <w:p w14:paraId="57940658" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRDefault="00316CBC" w:rsidP="00903BE7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="55A97CDD" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EB192FD" w14:textId="77777777" w:rsidR="009E2F93" w:rsidRDefault="009E2F93" w:rsidP="00903BE7">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E058988" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRDefault="00316CBC">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10442" w:type="dxa"/>
         <w:tblInd w:w="-74" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -21438,58 +21470,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check119"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9991" w:type="dxa"/>
             <w:gridSpan w:val="30"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -21561,58 +21593,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check120"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9991" w:type="dxa"/>
             <w:gridSpan w:val="30"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -21960,58 +21992,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check122"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="34" w:name="Check125"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1746" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22034,58 +22066,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check125"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="35" w:name="Check128"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1744" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22111,58 +22143,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="35"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="36" w:name="Check131"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1747" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22185,58 +22217,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="37" w:name="Check134"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22259,58 +22291,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check134"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="000451EF" w14:paraId="74EB5865" w14:textId="77777777" w:rsidTr="00AA16E3">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22368,58 +22400,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check123"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="39" w:name="Check126"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1746" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22442,58 +22474,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check126"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="40" w:name="Check129"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1744" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22516,58 +22548,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="41" w:name="Check132"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1747" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22590,58 +22622,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check132"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="42" w:name="Check135"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22664,58 +22696,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="000451EF" w14:paraId="78F342F4" w14:textId="77777777" w:rsidTr="00AA16E3">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22773,58 +22805,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check124"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="44" w:name="Check127"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1746" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22847,58 +22879,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check127"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="45" w:name="Check130"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1744" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22921,58 +22953,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="46" w:name="Check133"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1747" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -22995,58 +23027,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check133"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="46"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="47" w:name="Check136"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -23069,58 +23101,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check136"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="000451EF" w14:paraId="0DBEB95D" w14:textId="77777777" w:rsidTr="00AA16E3">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23178,58 +23210,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="49" w:name="Check143"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1746" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -23252,58 +23284,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check143"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="50" w:name="Check144"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1744" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -23329,58 +23361,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check144"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="51" w:name="Check145"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1747" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -23403,58 +23435,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check145"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="52" w:name="Check146"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -23477,58 +23509,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check146"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="000451EF" w14:paraId="3524E0FF" w14:textId="77777777" w:rsidTr="00AA16E3">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23585,58 +23617,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1746" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -23657,58 +23689,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1744" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -23732,58 +23764,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1747" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -23804,58 +23836,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -23876,58 +23908,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316CBC" w:rsidRPr="000451EF" w14:paraId="0296B5BB" w14:textId="77777777" w:rsidTr="00AA16E3">
         <w:trPr>
           <w:trHeight w:val="222"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4426" w:type="dxa"/>
@@ -24139,58 +24171,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2970" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -24252,58 +24284,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4143" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -24468,58 +24500,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -24583,58 +24615,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2129" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -24690,58 +24722,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -24829,58 +24861,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -24944,58 +24976,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2129" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -25051,58 +25083,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check142"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1533" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -25188,58 +25220,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check137"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -25326,58 +25358,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check138"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="595" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -25871,58 +25903,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="55"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2721" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -25974,58 +26006,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check140"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="56"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3047" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -26078,58 +26110,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check141"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00834386">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00834386">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="57"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2081" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -27302,58 +27334,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="007742BB">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4767" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -27393,58 +27425,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00067EFC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -27489,58 +27521,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="007742BB">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4767" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -27580,58 +27612,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00067EFC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -27677,58 +27709,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="007742BB">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007742BB">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4767" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -27776,58 +27808,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00057CA1">
-[...6 lines deleted...]
-            <w:r w:rsidR="00057CA1">
+            <w:r w:rsidRPr="00067EFC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00067EFC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -27884,116 +27916,116 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1726B242" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="00C201EF" w:rsidRDefault="00316CBC" w:rsidP="00AA16E3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00316CBC" w:rsidRPr="00C201EF" w:rsidSect="00295E50">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1296" w:right="1008" w:bottom="810" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38451373" w14:textId="77777777" w:rsidR="00544E28" w:rsidRDefault="00544E28" w:rsidP="00A32A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="46DA866A" w14:textId="77777777" w:rsidR="00544E28" w:rsidRDefault="00544E28" w:rsidP="00A32A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="048F375B" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="000D729F" w:rsidRDefault="00316CBC" w:rsidP="000D729F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="center" w:pos="10080"/>
         <w:tab w:val="right" w:pos="10260"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>E 1.02b_0430</w:t>
     </w:r>
     <w:r w:rsidRPr="000D729F">
       <w:rPr>
@@ -28115,76 +28147,76 @@
     <w:r w:rsidRPr="000D729F">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="054B50CA" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="001D33C9" w:rsidRDefault="00316CBC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1D6D2BD7" w14:textId="77777777" w:rsidR="00544E28" w:rsidRDefault="00544E28" w:rsidP="00A32A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6D9B69FF" w14:textId="77777777" w:rsidR="00544E28" w:rsidRDefault="00544E28" w:rsidP="00A32A71">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2488762C" w14:textId="5D790706" w:rsidR="00316CBC" w:rsidRPr="0062102B" w:rsidRDefault="00316CBC" w:rsidP="0062102B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
       </w:tabs>
       <w:ind w:left="-90"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -28269,51 +28301,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:t xml:space="preserve"> for Admission</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="222A2BA3" w14:textId="77777777" w:rsidR="00316CBC" w:rsidRPr="0062102B" w:rsidRDefault="00316CBC" w:rsidP="008716B7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="4"/>
         <w:szCs w:val="4"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -28443,83 +28475,85 @@
     <w:rsid w:val="006F3C99"/>
     <w:rsid w:val="00701887"/>
     <w:rsid w:val="00710F34"/>
     <w:rsid w:val="0071221A"/>
     <w:rsid w:val="00721202"/>
     <w:rsid w:val="00725FAB"/>
     <w:rsid w:val="0076659E"/>
     <w:rsid w:val="00772870"/>
     <w:rsid w:val="007742BB"/>
     <w:rsid w:val="007A32B5"/>
     <w:rsid w:val="007B22C4"/>
     <w:rsid w:val="007B25D7"/>
     <w:rsid w:val="007B4768"/>
     <w:rsid w:val="007C74D0"/>
     <w:rsid w:val="007D11E3"/>
     <w:rsid w:val="007D12FF"/>
     <w:rsid w:val="007E2BA4"/>
     <w:rsid w:val="007E485B"/>
     <w:rsid w:val="007F0176"/>
     <w:rsid w:val="007F4675"/>
     <w:rsid w:val="007F703D"/>
     <w:rsid w:val="0080043F"/>
     <w:rsid w:val="008123AE"/>
     <w:rsid w:val="00826F10"/>
     <w:rsid w:val="00834386"/>
+    <w:rsid w:val="00834D98"/>
     <w:rsid w:val="008550CA"/>
     <w:rsid w:val="00861C5C"/>
     <w:rsid w:val="008715B0"/>
     <w:rsid w:val="008716B7"/>
     <w:rsid w:val="008778F6"/>
     <w:rsid w:val="0088471F"/>
     <w:rsid w:val="00892B2E"/>
     <w:rsid w:val="008A5DBD"/>
     <w:rsid w:val="008C14DC"/>
     <w:rsid w:val="008C1DFA"/>
     <w:rsid w:val="008D3622"/>
     <w:rsid w:val="00900FE0"/>
     <w:rsid w:val="00903BE7"/>
     <w:rsid w:val="009225FC"/>
     <w:rsid w:val="00924D3E"/>
     <w:rsid w:val="00936D3D"/>
     <w:rsid w:val="00945604"/>
     <w:rsid w:val="00961989"/>
     <w:rsid w:val="00966FBB"/>
     <w:rsid w:val="009732B9"/>
     <w:rsid w:val="009740E3"/>
     <w:rsid w:val="009743BB"/>
     <w:rsid w:val="00982984"/>
     <w:rsid w:val="00991EB8"/>
     <w:rsid w:val="00992BF5"/>
     <w:rsid w:val="009A0C60"/>
     <w:rsid w:val="009A5E78"/>
     <w:rsid w:val="009C294E"/>
     <w:rsid w:val="009D144E"/>
     <w:rsid w:val="009D2643"/>
     <w:rsid w:val="009D7103"/>
     <w:rsid w:val="009E09DA"/>
     <w:rsid w:val="009E22E6"/>
+    <w:rsid w:val="009E2F93"/>
     <w:rsid w:val="009E4D98"/>
     <w:rsid w:val="009E6482"/>
     <w:rsid w:val="009E7BE4"/>
     <w:rsid w:val="009F19A9"/>
     <w:rsid w:val="009F26B7"/>
     <w:rsid w:val="009F6693"/>
     <w:rsid w:val="00A00CDD"/>
     <w:rsid w:val="00A05477"/>
     <w:rsid w:val="00A0702D"/>
     <w:rsid w:val="00A17F72"/>
     <w:rsid w:val="00A21D06"/>
     <w:rsid w:val="00A24BAD"/>
     <w:rsid w:val="00A32A71"/>
     <w:rsid w:val="00A349C6"/>
     <w:rsid w:val="00A534B9"/>
     <w:rsid w:val="00A6018E"/>
     <w:rsid w:val="00A65B2A"/>
     <w:rsid w:val="00A9213A"/>
     <w:rsid w:val="00A94089"/>
     <w:rsid w:val="00AA16E3"/>
     <w:rsid w:val="00AA1B5E"/>
     <w:rsid w:val="00AA3C0C"/>
     <w:rsid w:val="00AB4844"/>
     <w:rsid w:val="00AC1F15"/>
     <w:rsid w:val="00AD16B1"/>
@@ -28560,125 +28594,127 @@
     <w:rsid w:val="00CC3653"/>
     <w:rsid w:val="00CD55F8"/>
     <w:rsid w:val="00CD7008"/>
     <w:rsid w:val="00CE0387"/>
     <w:rsid w:val="00CE4FB5"/>
     <w:rsid w:val="00D052F6"/>
     <w:rsid w:val="00D14BD0"/>
     <w:rsid w:val="00D150AD"/>
     <w:rsid w:val="00D20C28"/>
     <w:rsid w:val="00D33194"/>
     <w:rsid w:val="00D33578"/>
     <w:rsid w:val="00D36F22"/>
     <w:rsid w:val="00D43FFD"/>
     <w:rsid w:val="00D4520E"/>
     <w:rsid w:val="00D6214D"/>
     <w:rsid w:val="00D670F0"/>
     <w:rsid w:val="00D75586"/>
     <w:rsid w:val="00D84783"/>
     <w:rsid w:val="00D91AE7"/>
     <w:rsid w:val="00D940AD"/>
     <w:rsid w:val="00DA0F3A"/>
     <w:rsid w:val="00DA1C65"/>
     <w:rsid w:val="00DC6CB4"/>
     <w:rsid w:val="00DD60B8"/>
     <w:rsid w:val="00DE5014"/>
+    <w:rsid w:val="00DE5030"/>
     <w:rsid w:val="00DF2C20"/>
     <w:rsid w:val="00DF79E6"/>
     <w:rsid w:val="00E022D4"/>
     <w:rsid w:val="00E06BD5"/>
     <w:rsid w:val="00E22B2C"/>
     <w:rsid w:val="00E3352A"/>
     <w:rsid w:val="00E369AF"/>
     <w:rsid w:val="00E40ABF"/>
     <w:rsid w:val="00E41A94"/>
     <w:rsid w:val="00E97215"/>
     <w:rsid w:val="00ED6CDB"/>
     <w:rsid w:val="00ED7B5E"/>
     <w:rsid w:val="00EE6445"/>
     <w:rsid w:val="00EF0549"/>
     <w:rsid w:val="00EF3E76"/>
     <w:rsid w:val="00F053FA"/>
     <w:rsid w:val="00F05A67"/>
     <w:rsid w:val="00F1517E"/>
     <w:rsid w:val="00F16EC0"/>
     <w:rsid w:val="00F26C54"/>
     <w:rsid w:val="00F30C08"/>
     <w:rsid w:val="00F40B42"/>
     <w:rsid w:val="00F42CD8"/>
     <w:rsid w:val="00F5211B"/>
     <w:rsid w:val="00F53268"/>
     <w:rsid w:val="00F53FC3"/>
     <w:rsid w:val="00F77BEB"/>
+    <w:rsid w:val="00F80BBA"/>
     <w:rsid w:val="00F86F44"/>
     <w:rsid w:val="00F87D0F"/>
     <w:rsid w:val="00F93541"/>
     <w:rsid w:val="00F93732"/>
     <w:rsid w:val="00FA75EE"/>
     <w:rsid w:val="00FB6BE3"/>
     <w:rsid w:val="00FD27C0"/>
     <w:rsid w:val="00FD3F6C"/>
     <w:rsid w:val="00FD680D"/>
     <w:rsid w:val="00FD7189"/>
     <w:rsid w:val="00FE03CC"/>
     <w:rsid w:val="00FF1FA8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1BCACD15"/>
   <w15:docId w15:val="{CE7A7EE8-E3DA-4A4A-B93C-5D83D7099CE8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -29038,51 +29074,50 @@
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DF2C20"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -29169,51 +29204,51 @@
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00A32A71"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="511606328">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
@@ -29487,67 +29522,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1175</Words>
-  <Characters>10350</Characters>
+  <Words>1166</Words>
+  <Characters>10296</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>1144</Lines>
+  <Paragraphs>764</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DEMOGRAPHICS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Eckerd Youth Alternatives, Inc.</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11502</CharactersWithSpaces>
+  <CharactersWithSpaces>10698</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DEMOGRAPHICS</dc:title>
   <dc:creator>Sys Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>9ee64fcb-0dfd-472c-b72f-af5615e4b38c</vt:lpwstr>
+  </property>
+</Properties>
+</file>