--- v0 (2025-10-10)
+++ v1 (2026-01-10)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mmsierra1\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gtgraham\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{23B27AB5-868C-4BDC-BD80-35A95CAD9CFE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3AA6D3DE-1B5A-49AF-8A14-41430C9C0D56}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="760" yWindow="760" windowWidth="14400" windowHeight="7360" xr2:uid="{EE4C10B2-3F59-4873-AA12-DC755F809F79}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{EE4C10B2-3F59-4873-AA12-DC755F809F79}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7501" uniqueCount="2723">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7551" uniqueCount="2742">
   <si>
     <t xml:space="preserve">All PPSB license holders are required to complete 12 hours of continuing education during each 2-year license period, pursuant to NCGS 74C-22 and Administrative Rule 14B NCAC 16 .1202. A maximum of six hours may be obtained from online (also known as "on-demand" or "asynchronous") courses. Courses that are taught in a live, virtual classroom not subject to the 6-hour limit. Licensees may also receive two credits of CE for attending a regularly scheduled PPSB meeting, up to a maximum of two meetings per calendar year. </t>
   </si>
   <si>
     <t>COURSE NUMBER</t>
   </si>
   <si>
     <t>COURSE FORMAT</t>
   </si>
   <si>
     <t>CREDIT HOURS</t>
   </si>
   <si>
     <t>COURSE NAME</t>
   </si>
   <si>
     <t>APPROVAL DATE</t>
   </si>
   <si>
     <t>EXPIRATION DATE</t>
   </si>
   <si>
     <t>SPONSOR</t>
   </si>
   <si>
@@ -8365,50 +8365,107 @@
     <t>Testifying with Impact</t>
   </si>
   <si>
     <t>PPSB-25-043</t>
   </si>
   <si>
     <t>Safe &amp; Ethical Transport of Mentally Ill Patients</t>
   </si>
   <si>
     <t xml:space="preserve">L &amp; O Professional/CE Course </t>
   </si>
   <si>
     <t>Leroy Lasenburg</t>
   </si>
   <si>
     <t>1701 Bullfinch Ln.</t>
   </si>
   <si>
     <t>Apex, NC 27523</t>
   </si>
   <si>
     <t>lasenburg@yahoo.com</t>
   </si>
   <si>
     <t>(919) 539-6630</t>
+  </si>
+  <si>
+    <t>PPSB-25-046</t>
+  </si>
+  <si>
+    <t>Stop the Bleed</t>
+  </si>
+  <si>
+    <t>Redleg Protective Services, LLC</t>
+  </si>
+  <si>
+    <t>William Melton</t>
+  </si>
+  <si>
+    <t>323 Declaration Dr</t>
+  </si>
+  <si>
+    <t>Raeford, NC 28376</t>
+  </si>
+  <si>
+    <t>Meltonwill@rocketmail.com</t>
+  </si>
+  <si>
+    <t>(803) 389-5301</t>
+  </si>
+  <si>
+    <t>PPSB-25-047</t>
+  </si>
+  <si>
+    <t>SABRE Oleoresin Capsicum (OC) Course</t>
+  </si>
+  <si>
+    <t>PPSB-25-048</t>
+  </si>
+  <si>
+    <t>ASP Baton and Handcuffing Course</t>
+  </si>
+  <si>
+    <t>PPSB-25-049</t>
+  </si>
+  <si>
+    <t>Civilian Response to Active Shooter Events (CRASE)</t>
+  </si>
+  <si>
+    <t>PPSB-25-050</t>
+  </si>
+  <si>
+    <t>Case Research, Backgrounds, and Records</t>
+  </si>
+  <si>
+    <t>Tessa Longoria</t>
+  </si>
+  <si>
+    <t>tl@akinvestigations.com</t>
+  </si>
+  <si>
+    <t>(615) 669-1557</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="34">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -8957,79 +9014,79 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="6" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="6" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="2" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="26" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Warning Text" xfId="1" builtinId="11"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9306,1626 +9363,1626 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nforte003@comcast.net" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:learningshopusa@gmail.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reg2104@yahoo.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swilsn@gmail.com" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura@laurapettler.com" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:astrickland@protus3.com" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:learningshopusa@gmail.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexis.bell@fraud-doctor.com" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mparker@eptraining.us" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahooo.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hdiinvestigation@aol.com" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cat@privateinvestigatormasterclass.com" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brooke.surrell@glock.us" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebeccalomax@hotmail.com" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jboydpsgi@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikeh@landmarkeventstaff.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jml@lasorsa.com" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PDorminey@MaxWoodrow.com" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@deltagroupinvestigations.com" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahooo.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:latham@embarqmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jspeller@fenixtraining.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joelvannorman@gmail.com" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cat@privateinvestigatormasterclass.com" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmiller@isecureus.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jml@lasorsa.com" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hdinvestigations@aol.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisi.george@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilsonsecurityagency@gmail.com" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bertpi@aol.com" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joelvannorman@gmail.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brandon@focuspi-nc.com" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phyde@reid.com" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmiller@isecureus.com" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charles.tacia@cots-usa.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:theresa@therobinsongroup.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul@hetheringtongroup.com" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:staggrobert@guardsmark.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@ispyck.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bertpi@aol.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jadelearning.com/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dignitaryprotection.us" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niclae35@aol.com" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margaret@sesproducts.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@reynoldsprofessional.com" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brandon@focuspi-nc.com" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cameopi@aol.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BPM001@comcast.net" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebeccalomax@hotmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy@cvsa1.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niclae35@aol.com" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margaret@sesproducts.com" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@akinvestigations.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@deltagroupinvestigations.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:billy.crawford@crimintanalysis.com" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebeccalomax@hotmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.ramsdell@glock.us" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dbmscpi@mindspring.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy@cvsa1.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jspeller@fenixtraining.com" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alc@statementanalysis.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niclae35@aol.com" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hdcrisp@yahoo.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jal@lasorsa.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdsecuritiesllc@gmail.com" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mclamba@faytechcc.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karldelaguerra.@hotmail.com" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sfbostick@psgisecurity.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerry@gravesinvestigations.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:J.Livingston511@gmail.com" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com&#160;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gary@thomasforensics.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gdelliott43@gmail.com" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jspeller@fenixtraining.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:investigatorseiler@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdsecuritiesllc@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leon.ives@gbpservicesinc.com" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CEU@waltonpi.com" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mclamba@faytechcc.edu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerry@gravesinvestigations.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkneece@kneeceinv.com" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cathy.champion@advsurv.com" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lasenburg@yahoo.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.jasondaniels@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khollen@eagleeyenc.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@reynoldsprofessional.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alc@statementanalysis.com" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@OPSECINTL.COM" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nforte003@comcast.net" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:learningshopusa@gmail.com" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gary@thomasforensics.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschumacher@frasco.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anichols@kroll.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smscmaj.cain@yahoo.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eric@devanassociates.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris@lockdowninternational.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gbristol@HumanTraffickingTraining.expert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joel@ravenrockinvestigations.com" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@OPSECINTL.COM" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cameopi@aol.com" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sworkman@advsurv.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nforte003@comcast.net" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:learningshopusa@gmail.com" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:reg2104@yahoo.com" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:swilsn@gmail.com" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laura@laurapettler.com" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:astrickland@protus3.com" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:learningshopusa@gmail.com" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexis.bell@fraud-doctor.com" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mparker@eptraining.us" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Meltonwill@rocketmail.com" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahooo.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hdiinvestigation@aol.com" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cat@privateinvestigatormasterclass.com" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brooke.surrell@glock.us" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebeccalomax@hotmail.com" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jboydpsgi@gmail.com" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikeh@landmarkeventstaff.com" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jml@lasorsa.com" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Meltonwill@rocketmail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:PDorminey@MaxWoodrow.com" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@deltagroupinvestigations.com" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahooo.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:latham@embarqmail.com" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jspeller@fenixtraining.com" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joelvannorman@gmail.com" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cat@privateinvestigatormasterclass.com" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmiller@isecureus.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jml@lasorsa.com" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tl@akinvestigations.com" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hdinvestigations@aol.com" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisi.george@gmail.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wilsonsecurityagency@gmail.com" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bertpi@aol.com" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joelvannorman@gmail.com" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brandon@focuspi-nc.com" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:phyde@reid.com" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kmiller@isecureus.com" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charles.tacia@cots-usa.com" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:theresa@therobinsongroup.com" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:paul@hetheringtongroup.com" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:staggrobert@guardsmark.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michael@ispyck.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Bertpi@aol.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jadelearning.com/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dignitaryprotection.us" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niclae35@aol.com" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margaret@sesproducts.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@reynoldsprofessional.com" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brandon@focuspi-nc.com" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cameopi@aol.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kate.read@firearson.com" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:BPM001@comcast.net" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://usintegrityconsulting.com/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebeccalomax@hotmail.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy@cvsa1.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niclae35@aol.com" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margaret@sesproducts.com" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@akinvestigations.com" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@deltagroupinvestigations.com" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rsearls@ec.rr.com" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@capitolspecialpolice.com" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:roy.taylor@leo.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:billy.crawford@crimintanalysis.com" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rebeccalomax@hotmail.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.ramsdell@glock.us" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bertpi@aol.com" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacadem.com" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dbmscpi@mindspring.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stacy@cvsa1.com" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jspeller@fenixtraining.com" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alc@statementanalysis.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niclae35@aol.com" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hdcrisp@yahoo.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jal@lasorsa.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdsecuritiesllc@gmail.com" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mclamba@faytechcc.edu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karldelaguerra.@hotmail.com" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:educatedinvestigator@gmail.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sfbostick@psgisecurity.com" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerry@gravesinvestigations.com" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:J.Livingston511@gmail.com" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com&#160;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gary@thomasforensics.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gdelliott43@gmail.com" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kwetzel@jigsaw-security.com" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rtaylor@signal88.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jspeller@fenixtraining.com" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:investigatorseiler@gmail.com" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tydyson@rmasecurity.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkaiser@sgsinc.us" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sdsecuritiesllc@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:leon.ives@gbpservicesinc.com" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CEU@waltonpi.com" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mclamba@faytechcc.edu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jerrycooper@alumni.unc.edu" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerry@gravesinvestigations.com" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dkneece@kneeceinv.com" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cathy.champion@advsurv.com" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hal@storyboardemp.com" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lasenburg@yahoo.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncspy@msn.com" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:j.jasondaniels@gmail.com" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khollen@eagleeyenc.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@reynoldsprofessional.com" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mobileinv@outlook.com" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alc@statementanalysis.com" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@OPSECINTL.COM" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nforte003@comcast.net" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:learningshopusa@gmail.com" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gary@thomasforensics.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbconsulting@earthlink.net" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Meltonwill@rocketmail.com" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cschumacher@frasco.com" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anichols@kroll.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smscmaj.cain@yahoo.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eric@devanassociates.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@thelearningshop.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tboyd@protus3.com" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tdyson@rmascurity.com" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kate.reed@firearson.com" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:chris@lockdowninternational.com" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Gbristol@HumanTraffickingTraining.expert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joel@ravenrockinvestigations.com" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Mariana.Israel@aus.com" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:femaleagents@gmail.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sandra@investigativeacademy.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:training@OPSECINTL.COM" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hailey@ceclass.com" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank@biancoinvestigations.com" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fwharton@fraudeducation.com" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Meltonwill@rocketmail.com" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cameopi@aol.com" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason@fenixtraining.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sworkman@advsurv.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:safesecure@live.com" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bertcroom.com/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:webbpolygraph@gmail.com" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sharondecet@yahoo.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@storyboardemp.com" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@ezlegaled.com" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frank.weicks@yahoo.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4D07E5E-827D-41D1-8F4A-12405AD24911}">
-  <dimension ref="A1:N774"/>
+  <dimension ref="A1:N779"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A754" workbookViewId="0">
-      <selection activeCell="B756" sqref="B756"/>
+    <sheetView tabSelected="1" topLeftCell="A763" workbookViewId="0">
+      <selection activeCell="N779" sqref="N779"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5"/>
   <cols>
-    <col min="1" max="1" width="13.36328125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="62.36328125" customWidth="1"/>
+    <col min="1" max="1" width="13.453125" customWidth="1"/>
+    <col min="2" max="2" width="23.1796875" customWidth="1"/>
+    <col min="4" max="4" width="62.453125" customWidth="1"/>
     <col min="5" max="5" width="15.453125" customWidth="1"/>
-    <col min="6" max="6" width="13.90625" customWidth="1"/>
+    <col min="6" max="6" width="13.81640625" customWidth="1"/>
     <col min="7" max="7" width="40.54296875" customWidth="1"/>
     <col min="8" max="8" width="24" customWidth="1"/>
-    <col min="9" max="9" width="38.90625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="22.6328125" customWidth="1"/>
+    <col min="9" max="9" width="38.81640625" customWidth="1"/>
+    <col min="10" max="10" width="23.54296875" customWidth="1"/>
+    <col min="11" max="11" width="34.54296875" customWidth="1"/>
+    <col min="12" max="12" width="35.453125" customWidth="1"/>
+    <col min="13" max="13" width="22.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="1" customFormat="1" ht="15.65" customHeight="1">
-      <c r="A1" s="111" t="s">
+      <c r="A1" s="108" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="111"/>
-[...3 lines deleted...]
-      <c r="F1" s="111"/>
+      <c r="B1" s="108"/>
+      <c r="C1" s="108"/>
+      <c r="D1" s="108"/>
+      <c r="E1" s="108"/>
+      <c r="F1" s="108"/>
       <c r="M1" s="2"/>
     </row>
     <row r="2" spans="1:13" s="1" customFormat="1" ht="15.75" customHeight="1">
-      <c r="A2" s="111"/>
-[...4 lines deleted...]
-      <c r="F2" s="111"/>
+      <c r="A2" s="108"/>
+      <c r="B2" s="108"/>
+      <c r="C2" s="108"/>
+      <c r="D2" s="108"/>
+      <c r="E2" s="108"/>
+      <c r="F2" s="108"/>
       <c r="M2" s="2"/>
     </row>
     <row r="3" spans="1:13" s="1" customFormat="1" ht="15.65" customHeight="1">
-      <c r="A3" s="111"/>
-[...4 lines deleted...]
-      <c r="F3" s="111"/>
+      <c r="A3" s="108"/>
+      <c r="B3" s="108"/>
+      <c r="C3" s="108"/>
+      <c r="D3" s="108"/>
+      <c r="E3" s="108"/>
+      <c r="F3" s="108"/>
       <c r="M3" s="2"/>
     </row>
     <row r="4" spans="1:13" s="1" customFormat="1" ht="15.65" customHeight="1">
-      <c r="A4" s="111"/>
-[...4 lines deleted...]
-      <c r="F4" s="111"/>
+      <c r="A4" s="108"/>
+      <c r="B4" s="108"/>
+      <c r="C4" s="108"/>
+      <c r="D4" s="108"/>
+      <c r="E4" s="108"/>
+      <c r="F4" s="108"/>
       <c r="M4" s="2"/>
     </row>
     <row r="5" spans="1:13" s="1" customFormat="1" ht="15.65" customHeight="1">
-      <c r="A5" s="111"/>
-[...4 lines deleted...]
-      <c r="F5" s="111"/>
+      <c r="A5" s="108"/>
+      <c r="B5" s="108"/>
+      <c r="C5" s="108"/>
+      <c r="D5" s="108"/>
+      <c r="E5" s="108"/>
+      <c r="F5" s="108"/>
       <c r="M5" s="2"/>
     </row>
-    <row r="6" spans="1:13" s="3" customFormat="1" ht="15.9" customHeight="1" thickBot="1">
+    <row r="6" spans="1:13" s="3" customFormat="1" ht="16" customHeight="1" thickBot="1">
       <c r="A6" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>9</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>10</v>
       </c>
       <c r="K6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>12</v>
       </c>
       <c r="M6" s="3" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="7" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A7" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="5">
         <v>2</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="7">
         <v>40225</v>
       </c>
       <c r="F7" s="8">
         <v>73415</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>19</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M7" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="8" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="8" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A8" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="12">
         <v>2</v>
       </c>
       <c r="D8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="14">
         <v>41872</v>
       </c>
       <c r="F8" s="15">
         <v>43333</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="H8" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I8" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J8" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K8" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L8" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M8" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="9" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="9" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="5">
         <v>2</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E9" s="7">
         <v>40346</v>
       </c>
       <c r="F9" s="8">
         <v>73415</v>
       </c>
       <c r="G9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="9" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="9" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="9" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M9" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="10" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="10" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A10" s="18" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="19">
         <v>6</v>
       </c>
       <c r="D10" s="83" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="21">
         <v>41872</v>
       </c>
       <c r="F10" s="22">
         <v>46255</v>
       </c>
       <c r="G10" s="9" t="s">
         <v>37</v>
       </c>
       <c r="H10" s="9" t="s">
         <v>28</v>
       </c>
       <c r="I10" s="9" t="s">
         <v>29</v>
       </c>
       <c r="J10" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K10" s="23" t="s">
         <v>31</v>
       </c>
       <c r="L10" s="20" t="s">
         <v>32</v>
       </c>
       <c r="M10" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="11" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="11" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A11" s="11" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="24">
         <v>6</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="14">
         <v>41872</v>
       </c>
       <c r="F11" s="15">
         <v>43333</v>
       </c>
       <c r="G11" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H11" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K11" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M11" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="12" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="12" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A12" s="11" t="s">
         <v>40</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="24">
         <v>6</v>
       </c>
       <c r="D12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="14">
         <v>41872</v>
       </c>
       <c r="F12" s="15">
         <v>43333</v>
       </c>
       <c r="G12" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H12" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I12" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J12" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K12" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M12" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="13" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="13" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A13" s="11" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="24">
         <v>6</v>
       </c>
       <c r="D13" s="13" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="14">
         <v>41872</v>
       </c>
       <c r="F13" s="15">
         <v>43333</v>
       </c>
       <c r="G13" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H13" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I13" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J13" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K13" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M13" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="14" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="14" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A14" s="11" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="24">
         <v>2</v>
       </c>
       <c r="D14" s="13" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="14">
         <v>41872</v>
       </c>
       <c r="F14" s="15">
         <v>43333</v>
       </c>
       <c r="G14" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H14" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I14" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J14" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K14" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L14" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M14" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="15" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="15" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A15" s="11" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="24">
         <v>6</v>
       </c>
       <c r="D15" s="13" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="14">
         <v>41872</v>
       </c>
       <c r="F15" s="15">
         <v>43333</v>
       </c>
       <c r="G15" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H15" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K15" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L15" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M15" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="16" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="16" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A16" s="11" t="s">
         <v>48</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="24">
         <v>6</v>
       </c>
       <c r="D16" s="13" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="14">
         <v>41872</v>
       </c>
       <c r="F16" s="15">
         <v>43333</v>
       </c>
       <c r="G16" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H16" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I16" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J16" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K16" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L16" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M16" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="17" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="17" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A17" s="11" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="24">
         <v>6</v>
       </c>
       <c r="D17" s="13" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="14">
         <v>41872</v>
       </c>
       <c r="F17" s="15">
         <v>43333</v>
       </c>
       <c r="G17" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H17" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I17" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J17" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K17" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L17" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M17" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="18" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="18" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A18" s="11" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="24">
         <v>2</v>
       </c>
       <c r="D18" s="13" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="14">
         <v>40346</v>
       </c>
       <c r="F18" s="25">
         <v>41807</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>54</v>
       </c>
       <c r="H18" s="13" t="s">
         <v>55</v>
       </c>
       <c r="I18" s="16" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="16" t="s">
         <v>57</v>
       </c>
       <c r="K18" s="16"/>
       <c r="L18" s="13" t="s">
         <v>58</v>
       </c>
       <c r="M18" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="19" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="19" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A19" s="11" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="24">
         <v>1</v>
       </c>
       <c r="D19" s="13" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="14">
         <v>40409</v>
       </c>
       <c r="F19" s="25">
         <v>41870</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>61</v>
       </c>
       <c r="H19" s="13" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="16" t="s">
         <v>63</v>
       </c>
       <c r="J19" s="16" t="s">
         <v>64</v>
       </c>
       <c r="K19" s="16"/>
       <c r="L19" s="13" t="s">
         <v>65</v>
       </c>
       <c r="M19" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="20" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="20" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A20" s="11" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="24">
         <v>6</v>
       </c>
       <c r="D20" s="13" t="s">
         <v>67</v>
       </c>
       <c r="E20" s="14">
         <v>40409</v>
       </c>
       <c r="F20" s="25">
         <v>43769</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>68</v>
       </c>
       <c r="H20" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I20" s="16" t="s">
         <v>70</v>
       </c>
       <c r="J20" s="16" t="s">
         <v>71</v>
       </c>
       <c r="K20" s="16" t="s">
         <v>72</v>
       </c>
       <c r="L20" s="13" t="s">
         <v>73</v>
       </c>
       <c r="M20" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="21" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="21" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A21" s="11" t="s">
         <v>74</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="12">
         <v>2</v>
       </c>
       <c r="D21" s="13" t="s">
         <v>75</v>
       </c>
       <c r="E21" s="14">
         <v>40409</v>
       </c>
       <c r="F21" s="25">
         <v>43769</v>
       </c>
       <c r="G21" s="13" t="s">
         <v>68</v>
       </c>
       <c r="H21" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I21" s="16" t="s">
         <v>70</v>
       </c>
       <c r="J21" s="16" t="s">
         <v>71</v>
       </c>
       <c r="K21" s="16" t="s">
         <v>72</v>
       </c>
       <c r="L21" s="13" t="s">
         <v>73</v>
       </c>
       <c r="M21" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="22" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="22" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A22" s="11" t="s">
         <v>76</v>
       </c>
       <c r="B22" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="24">
         <v>5</v>
       </c>
       <c r="D22" s="13" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="14">
         <v>40409</v>
       </c>
       <c r="F22" s="25">
         <v>43769</v>
       </c>
       <c r="G22" s="13" t="s">
         <v>68</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I22" s="16" t="s">
         <v>70</v>
       </c>
       <c r="J22" s="16" t="s">
         <v>71</v>
       </c>
       <c r="K22" s="16" t="s">
         <v>72</v>
       </c>
       <c r="L22" s="13" t="s">
         <v>73</v>
       </c>
       <c r="M22" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="23" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="23" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A23" s="11" t="s">
         <v>78</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C23" s="24">
         <v>6</v>
       </c>
       <c r="D23" s="13" t="s">
         <v>79</v>
       </c>
       <c r="E23" s="14">
         <v>40409</v>
       </c>
       <c r="F23" s="25">
         <v>43769</v>
       </c>
       <c r="G23" s="13" t="s">
         <v>68</v>
       </c>
       <c r="H23" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I23" s="16" t="s">
         <v>70</v>
       </c>
       <c r="J23" s="16" t="s">
         <v>71</v>
       </c>
       <c r="K23" s="16" t="s">
         <v>72</v>
       </c>
       <c r="L23" s="13" t="s">
         <v>73</v>
       </c>
       <c r="M23" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="24" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="24" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A24" s="11" t="s">
         <v>80</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="12">
         <v>2</v>
       </c>
       <c r="D24" s="13" t="s">
         <v>81</v>
       </c>
       <c r="E24" s="14">
         <v>40409</v>
       </c>
       <c r="F24" s="25">
         <v>43769</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>68</v>
       </c>
       <c r="H24" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I24" s="16" t="s">
         <v>70</v>
       </c>
       <c r="J24" s="16" t="s">
         <v>71</v>
       </c>
       <c r="K24" s="16" t="s">
         <v>72</v>
       </c>
       <c r="L24" s="13" t="s">
         <v>73</v>
       </c>
       <c r="M24" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="25" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="25" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A25" s="11" t="s">
         <v>82</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="24">
         <v>6</v>
       </c>
       <c r="D25" s="13" t="s">
         <v>83</v>
       </c>
       <c r="E25" s="14">
         <v>40409</v>
       </c>
       <c r="F25" s="25">
         <v>43769</v>
       </c>
       <c r="G25" s="13" t="s">
         <v>68</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>69</v>
       </c>
       <c r="I25" s="16" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="16" t="s">
         <v>71</v>
       </c>
       <c r="K25" s="16" t="s">
         <v>72</v>
       </c>
       <c r="L25" s="13" t="s">
         <v>73</v>
       </c>
       <c r="M25" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="26" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="26" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A26" s="11" t="s">
         <v>84</v>
       </c>
       <c r="B26" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C26" s="24">
         <v>3</v>
       </c>
       <c r="D26" s="13" t="s">
         <v>85</v>
       </c>
       <c r="E26" s="14">
         <v>40409</v>
       </c>
       <c r="F26" s="25">
         <v>41870</v>
       </c>
       <c r="G26" s="13" t="s">
         <v>86</v>
       </c>
       <c r="H26" s="13" t="s">
         <v>87</v>
       </c>
       <c r="I26" s="16" t="s">
         <v>88</v>
       </c>
       <c r="J26" s="16" t="s">
         <v>89</v>
       </c>
       <c r="K26" s="16"/>
       <c r="L26" s="13" t="s">
         <v>90</v>
       </c>
       <c r="M26" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="27" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="27" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A27" s="11" t="s">
         <v>91</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C27" s="24">
         <v>1</v>
       </c>
       <c r="D27" s="13" t="s">
         <v>92</v>
       </c>
       <c r="E27" s="14">
         <v>40409</v>
       </c>
       <c r="F27" s="25">
         <v>41870</v>
       </c>
       <c r="G27" s="13" t="s">
         <v>93</v>
       </c>
       <c r="H27" s="13" t="s">
         <v>93</v>
       </c>
       <c r="I27" s="16" t="s">
         <v>94</v>
       </c>
       <c r="J27" s="16" t="s">
         <v>95</v>
       </c>
       <c r="K27" s="16"/>
       <c r="L27" s="13" t="s">
         <v>96</v>
       </c>
       <c r="M27" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="28" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="28" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A28" s="11" t="s">
         <v>97</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C28" s="24">
         <v>1</v>
       </c>
       <c r="D28" s="13" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="14">
         <v>40409</v>
       </c>
       <c r="F28" s="25">
         <v>41870</v>
       </c>
       <c r="G28" s="13" t="s">
         <v>99</v>
       </c>
       <c r="H28" s="13" t="s">
         <v>99</v>
       </c>
       <c r="I28" s="16" t="s">
         <v>100</v>
       </c>
       <c r="J28" s="16" t="s">
         <v>101</v>
       </c>
       <c r="K28" s="16"/>
       <c r="L28" s="13" t="s">
         <v>102</v>
       </c>
       <c r="M28" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="29" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="29" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A29" s="11" t="s">
         <v>103</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C29" s="24">
         <v>1</v>
       </c>
       <c r="D29" s="13" t="s">
         <v>104</v>
       </c>
       <c r="E29" s="14">
         <v>40409</v>
       </c>
       <c r="F29" s="25">
         <v>41870</v>
       </c>
       <c r="G29" s="13" t="s">
         <v>105</v>
       </c>
       <c r="H29" s="13" t="s">
         <v>106</v>
       </c>
       <c r="I29" s="16" t="s">
         <v>107</v>
       </c>
       <c r="J29" s="16" t="s">
         <v>108</v>
       </c>
       <c r="K29" s="16"/>
       <c r="L29" s="13" t="s">
         <v>109</v>
       </c>
       <c r="M29" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="30" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="30" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A30" s="11" t="s">
         <v>110</v>
       </c>
       <c r="B30" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C30" s="24">
         <v>1</v>
       </c>
       <c r="D30" s="13" t="s">
         <v>111</v>
       </c>
       <c r="E30" s="14">
         <v>40409</v>
       </c>
       <c r="F30" s="25">
         <v>41870</v>
       </c>
       <c r="G30" s="13" t="s">
         <v>112</v>
       </c>
       <c r="H30" s="13" t="s">
         <v>113</v>
       </c>
       <c r="I30" s="16" t="s">
         <v>114</v>
       </c>
       <c r="J30" s="16" t="s">
         <v>115</v>
       </c>
       <c r="K30" s="16"/>
       <c r="L30" s="13" t="s">
         <v>116</v>
       </c>
       <c r="M30" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="31" spans="1:13" s="9" customFormat="1" ht="16.25" hidden="1" customHeight="1">
+    <row r="31" spans="1:13" s="9" customFormat="1" ht="16.399999999999999" hidden="1" customHeight="1">
       <c r="A31" s="11" t="s">
         <v>117</v>
       </c>
       <c r="B31" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C31" s="24">
         <v>1</v>
       </c>
       <c r="D31" s="13" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="14">
         <v>40409</v>
       </c>
       <c r="F31" s="25">
         <v>41870</v>
       </c>
       <c r="G31" s="13" t="s">
         <v>119</v>
       </c>
       <c r="H31" s="13" t="s">
         <v>120</v>
       </c>
       <c r="I31" s="16" t="s">
         <v>121</v>
       </c>
       <c r="J31" s="16" t="s">
         <v>122</v>
       </c>
       <c r="K31" s="16"/>
       <c r="L31" s="13" t="s">
         <v>123</v>
       </c>
       <c r="M31" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="32" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="32" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A32" s="18" t="s">
         <v>2382</v>
       </c>
       <c r="B32" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C32" s="19">
         <v>6</v>
       </c>
       <c r="D32" s="20" t="s">
         <v>124</v>
       </c>
       <c r="E32" s="21">
         <v>40409</v>
       </c>
       <c r="F32" s="22">
         <v>46861</v>
       </c>
       <c r="G32" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H32" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I32" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J32" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K32" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L32" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M32" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="33" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="33" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A33" s="18" t="s">
         <v>2383</v>
       </c>
       <c r="B33" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C33" s="19">
         <v>6</v>
       </c>
       <c r="D33" s="20" t="s">
         <v>131</v>
       </c>
       <c r="E33" s="21">
         <v>40409</v>
       </c>
       <c r="F33" s="22">
         <v>46861</v>
       </c>
       <c r="G33" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H33" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I33" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J33" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K33" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L33" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M33" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="34" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="34" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A34" s="18" t="s">
         <v>2384</v>
       </c>
       <c r="B34" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C34" s="19">
         <v>6</v>
       </c>
       <c r="D34" s="20" t="s">
         <v>132</v>
       </c>
       <c r="E34" s="21">
         <v>40409</v>
       </c>
       <c r="F34" s="15">
         <v>45229</v>
       </c>
       <c r="G34" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H34" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I34" s="9" t="s">
         <v>127</v>
       </c>
       <c r="J34" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K34" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L34" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M34" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="35" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="35" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A35" s="18" t="s">
         <v>2385</v>
       </c>
       <c r="B35" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C35" s="19">
         <v>4</v>
       </c>
       <c r="D35" s="20" t="s">
         <v>133</v>
       </c>
       <c r="E35" s="21">
         <v>40409</v>
       </c>
       <c r="F35" s="15">
         <v>45229</v>
       </c>
       <c r="G35" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H35" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I35" s="9" t="s">
         <v>127</v>
       </c>
       <c r="J35" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K35" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L35" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M35" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="36" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="36" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A36" s="18" t="s">
         <v>2386</v>
       </c>
       <c r="B36" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C36" s="19">
         <v>6</v>
       </c>
       <c r="D36" s="20" t="s">
         <v>134</v>
       </c>
       <c r="E36" s="21">
         <v>40409</v>
       </c>
       <c r="F36" s="22">
         <v>46861</v>
       </c>
       <c r="G36" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H36" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I36" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J36" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K36" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L36" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M36" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="37" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="37" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A37" s="18" t="s">
         <v>2387</v>
       </c>
       <c r="B37" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C37" s="19">
         <v>6</v>
       </c>
       <c r="D37" s="20" t="s">
         <v>135</v>
       </c>
       <c r="E37" s="21">
         <v>40409</v>
       </c>
       <c r="F37" s="22">
         <v>46861</v>
       </c>
       <c r="G37" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H37" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I37" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J37" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K37" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L37" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M37" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="38" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="38" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A38" s="18" t="s">
         <v>2388</v>
       </c>
       <c r="B38" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C38" s="19">
         <v>6</v>
       </c>
       <c r="D38" s="20" t="s">
         <v>136</v>
       </c>
       <c r="E38" s="21">
         <v>40409</v>
       </c>
       <c r="F38" s="15">
         <v>45229</v>
       </c>
       <c r="G38" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H38" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I38" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J38" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K38" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L38" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M38" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="39" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="39" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A39" s="18" t="s">
         <v>2389</v>
       </c>
       <c r="B39" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C39" s="19">
         <v>6</v>
       </c>
       <c r="D39" s="20" t="s">
         <v>137</v>
       </c>
       <c r="E39" s="21">
         <v>40409</v>
       </c>
       <c r="F39" s="22">
         <v>46861</v>
       </c>
       <c r="G39" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H39" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I39" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J39" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K39" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L39" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M39" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="40" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="40" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A40" s="18" t="s">
         <v>2390</v>
       </c>
       <c r="B40" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C40" s="19">
         <v>6</v>
       </c>
       <c r="D40" s="20" t="s">
         <v>138</v>
       </c>
       <c r="E40" s="21">
         <v>40409</v>
       </c>
       <c r="F40" s="15">
         <v>45229</v>
       </c>
       <c r="G40" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H40" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I40" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J40" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K40" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L40" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M40" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="41" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="41" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A41" s="18" t="s">
         <v>2391</v>
       </c>
       <c r="B41" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C41" s="19">
         <v>6</v>
       </c>
       <c r="D41" s="20" t="s">
         <v>139</v>
       </c>
       <c r="E41" s="21">
         <v>40409</v>
       </c>
       <c r="F41" s="22">
         <v>46861</v>
       </c>
       <c r="G41" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H41" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I41" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J41" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K41" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L41" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M41" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="42" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="42" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A42" s="18" t="s">
         <v>2392</v>
       </c>
       <c r="B42" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C42" s="19">
         <v>6</v>
       </c>
       <c r="D42" s="20" t="s">
         <v>140</v>
       </c>
       <c r="E42" s="21">
         <v>40409</v>
       </c>
       <c r="F42" s="15">
         <v>45229</v>
       </c>
       <c r="G42" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H42" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I42" s="9" t="s">
         <v>2494</v>
       </c>
       <c r="J42" s="9" t="s">
         <v>2495</v>
       </c>
       <c r="K42" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L42" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M42" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="43" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="43" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A43" s="18" t="s">
         <v>2393</v>
       </c>
       <c r="B43" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C43" s="19">
         <v>8</v>
       </c>
       <c r="D43" s="20" t="s">
         <v>141</v>
       </c>
       <c r="E43" s="21">
         <v>40409</v>
       </c>
       <c r="F43" s="22">
         <v>46861</v>
       </c>
       <c r="G43" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H43" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I43" s="9" t="s">
@@ -11002,949 +11059,949 @@
         <v>40472</v>
       </c>
       <c r="F45" s="25">
         <v>41933</v>
       </c>
       <c r="G45" s="13" t="s">
         <v>145</v>
       </c>
       <c r="H45" s="13" t="s">
         <v>146</v>
       </c>
       <c r="I45" s="16" t="s">
         <v>147</v>
       </c>
       <c r="J45" s="16" t="s">
         <v>148</v>
       </c>
       <c r="K45" s="16"/>
       <c r="L45" s="13" t="s">
         <v>149</v>
       </c>
       <c r="M45" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="46" spans="1:13" s="9" customFormat="1" ht="14.4" hidden="1" customHeight="1">
+    <row r="46" spans="1:13" s="9" customFormat="1" ht="14.5" hidden="1" customHeight="1">
       <c r="A46" s="11" t="s">
         <v>150</v>
       </c>
       <c r="B46" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C46" s="24">
         <v>12</v>
       </c>
       <c r="D46" s="13" t="s">
         <v>151</v>
       </c>
       <c r="E46" s="14">
         <v>40472</v>
       </c>
       <c r="F46" s="25">
         <v>43394</v>
       </c>
       <c r="G46" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H46" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I46" s="16" t="s">
         <v>154</v>
       </c>
       <c r="J46" s="16" t="s">
         <v>155</v>
       </c>
       <c r="K46" s="16" t="s">
         <v>156</v>
       </c>
       <c r="L46" s="13" t="s">
         <v>157</v>
       </c>
       <c r="M46" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="47" spans="1:13" s="9" customFormat="1" ht="13.25" hidden="1" customHeight="1">
+    <row r="47" spans="1:13" s="9" customFormat="1" ht="13.4" hidden="1" customHeight="1">
       <c r="A47" s="11" t="s">
         <v>158</v>
       </c>
       <c r="B47" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C47" s="24">
         <v>2</v>
       </c>
       <c r="D47" s="13" t="s">
         <v>159</v>
       </c>
       <c r="E47" s="14">
         <v>40472</v>
       </c>
       <c r="F47" s="25">
         <v>41933</v>
       </c>
       <c r="G47" s="13" t="s">
         <v>160</v>
       </c>
       <c r="H47" s="13" t="s">
         <v>161</v>
       </c>
       <c r="I47" s="16" t="s">
         <v>162</v>
       </c>
       <c r="J47" s="16" t="s">
         <v>163</v>
       </c>
       <c r="K47" s="16"/>
       <c r="L47" s="13" t="s">
         <v>164</v>
       </c>
       <c r="M47" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="48" spans="1:13" s="16" customFormat="1" ht="16.25" hidden="1" customHeight="1">
+    <row r="48" spans="1:13" s="16" customFormat="1" ht="16.399999999999999" hidden="1" customHeight="1">
       <c r="A48" s="11" t="s">
         <v>165</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C48" s="24">
         <v>4</v>
       </c>
       <c r="D48" s="13" t="s">
         <v>166</v>
       </c>
       <c r="E48" s="14">
         <v>40472</v>
       </c>
       <c r="F48" s="25">
         <v>44738</v>
       </c>
       <c r="G48" s="13" t="s">
         <v>167</v>
       </c>
       <c r="H48" s="13" t="s">
         <v>168</v>
       </c>
       <c r="I48" s="16" t="s">
         <v>169</v>
       </c>
       <c r="J48" s="16" t="s">
         <v>170</v>
       </c>
       <c r="K48" s="27" t="s">
         <v>171</v>
       </c>
       <c r="L48" s="13" t="s">
         <v>172</v>
       </c>
       <c r="M48" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="49" spans="1:13" s="9" customFormat="1" ht="16.25" hidden="1" customHeight="1">
+    <row r="49" spans="1:13" s="9" customFormat="1" ht="16.399999999999999" hidden="1" customHeight="1">
       <c r="A49" s="11" t="s">
         <v>173</v>
       </c>
       <c r="B49" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C49" s="24">
         <v>2</v>
       </c>
       <c r="D49" s="13" t="s">
         <v>174</v>
       </c>
       <c r="E49" s="14">
         <v>40472</v>
       </c>
       <c r="F49" s="25">
         <v>41933</v>
       </c>
       <c r="G49" s="13" t="s">
         <v>175</v>
       </c>
       <c r="H49" s="13" t="s">
         <v>176</v>
       </c>
       <c r="I49" s="16" t="s">
         <v>177</v>
       </c>
       <c r="J49" s="16" t="s">
         <v>178</v>
       </c>
       <c r="K49" s="16"/>
       <c r="L49" s="13" t="s">
         <v>179</v>
       </c>
       <c r="M49" s="28" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="50" spans="1:13" s="9" customFormat="1" ht="1.25" hidden="1" customHeight="1">
+    <row r="50" spans="1:13" s="9" customFormat="1" ht="1.4" hidden="1" customHeight="1">
       <c r="A50" s="11" t="s">
         <v>180</v>
       </c>
       <c r="B50" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C50" s="24">
         <v>2</v>
       </c>
       <c r="D50" s="13" t="s">
         <v>181</v>
       </c>
       <c r="E50" s="14">
         <v>40472</v>
       </c>
       <c r="F50" s="25">
         <v>43394</v>
       </c>
       <c r="G50" s="13" t="s">
         <v>182</v>
       </c>
       <c r="H50" s="13" t="s">
         <v>183</v>
       </c>
       <c r="I50" s="16" t="s">
         <v>184</v>
       </c>
       <c r="J50" s="16" t="s">
         <v>185</v>
       </c>
       <c r="K50" s="16" t="s">
         <v>186</v>
       </c>
       <c r="L50" s="13" t="s">
         <v>187</v>
       </c>
       <c r="M50" s="28" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="51" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="51" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A51" s="18" t="s">
         <v>188</v>
       </c>
       <c r="B51" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C51" s="29">
         <v>2</v>
       </c>
       <c r="D51" s="30" t="s">
         <v>189</v>
       </c>
       <c r="E51" s="31">
         <v>40472</v>
       </c>
       <c r="F51" s="32">
         <v>46316</v>
       </c>
       <c r="G51" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H51" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I51" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J51" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K51" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L51" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M51" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="52" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="52" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A52" s="18" t="s">
         <v>194</v>
       </c>
       <c r="B52" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C52" s="29">
         <v>2</v>
       </c>
       <c r="D52" s="30" t="s">
         <v>195</v>
       </c>
       <c r="E52" s="31">
         <v>40472</v>
       </c>
       <c r="F52" s="32">
         <v>46316</v>
       </c>
       <c r="G52" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H52" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I52" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J52" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K52" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L52" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M52" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="53" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="53" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A53" s="18" t="s">
         <v>196</v>
       </c>
       <c r="B53" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C53" s="29">
         <v>2</v>
       </c>
       <c r="D53" s="30" t="s">
         <v>197</v>
       </c>
       <c r="E53" s="31">
         <v>40472</v>
       </c>
       <c r="F53" s="32">
         <v>46316</v>
       </c>
       <c r="G53" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H53" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I53" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J53" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K53" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L53" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M53" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="54" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="54" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A54" s="18" t="s">
         <v>198</v>
       </c>
       <c r="B54" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C54" s="29">
         <v>2</v>
       </c>
       <c r="D54" s="20" t="s">
         <v>199</v>
       </c>
       <c r="E54" s="31">
         <v>43874</v>
       </c>
       <c r="F54" s="32">
         <v>46796</v>
       </c>
       <c r="G54" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H54" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I54" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J54" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K54" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L54" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M54" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="55" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="55" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A55" s="18" t="s">
         <v>200</v>
       </c>
       <c r="B55" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C55" s="29">
         <v>2</v>
       </c>
       <c r="D55" s="20" t="s">
         <v>201</v>
       </c>
       <c r="E55" s="31">
         <v>43874</v>
       </c>
       <c r="F55" s="32">
         <v>46796</v>
       </c>
       <c r="G55" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H55" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I55" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J55" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K55" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L55" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M55" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="56" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="56" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A56" s="18" t="s">
         <v>202</v>
       </c>
       <c r="B56" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C56" s="29">
         <v>2</v>
       </c>
       <c r="D56" s="20" t="s">
         <v>203</v>
       </c>
       <c r="E56" s="31">
         <v>43874</v>
       </c>
       <c r="F56" s="32">
         <v>46796</v>
       </c>
       <c r="G56" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H56" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I56" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J56" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K56" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L56" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M56" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="57" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="57" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A57" s="18" t="s">
         <v>204</v>
       </c>
       <c r="B57" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C57" s="19">
         <v>4</v>
       </c>
       <c r="D57" s="20" t="s">
         <v>205</v>
       </c>
       <c r="E57" s="31">
         <v>43874</v>
       </c>
       <c r="F57" s="32">
         <v>46796</v>
       </c>
       <c r="G57" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H57" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I57" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J57" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K57" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L57" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M57" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="58" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="58" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A58" s="18" t="s">
         <v>206</v>
       </c>
       <c r="B58" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C58" s="19">
         <v>4</v>
       </c>
       <c r="D58" s="20" t="s">
         <v>207</v>
       </c>
       <c r="E58" s="31">
         <v>43874</v>
       </c>
       <c r="F58" s="32">
         <v>46796</v>
       </c>
       <c r="G58" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H58" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I58" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J58" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K58" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L58" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M58" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="59" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="59" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A59" s="18" t="s">
         <v>208</v>
       </c>
       <c r="B59" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C59" s="19">
         <v>4</v>
       </c>
       <c r="D59" s="20" t="s">
         <v>209</v>
       </c>
       <c r="E59" s="31">
         <v>43874</v>
       </c>
       <c r="F59" s="32">
         <v>46796</v>
       </c>
       <c r="G59" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H59" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I59" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J59" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K59" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L59" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M59" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="60" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="60" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A60" s="18" t="s">
         <v>210</v>
       </c>
       <c r="B60" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C60" s="19">
         <v>4</v>
       </c>
       <c r="D60" s="20" t="s">
         <v>211</v>
       </c>
       <c r="E60" s="31">
         <v>43874</v>
       </c>
       <c r="F60" s="32">
         <v>46796</v>
       </c>
       <c r="G60" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H60" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I60" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J60" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K60" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L60" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M60" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="61" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="61" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A61" s="18" t="s">
         <v>212</v>
       </c>
       <c r="B61" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C61" s="19">
         <v>4</v>
       </c>
       <c r="D61" s="20" t="s">
         <v>213</v>
       </c>
       <c r="E61" s="21">
         <v>43874</v>
       </c>
       <c r="F61" s="32">
         <v>46796</v>
       </c>
       <c r="G61" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H61" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I61" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J61" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K61" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L61" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M61" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="62" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="62" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A62" s="18" t="s">
         <v>214</v>
       </c>
       <c r="B62" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C62" s="19">
         <v>4</v>
       </c>
       <c r="D62" s="20" t="s">
         <v>215</v>
       </c>
       <c r="E62" s="21">
         <v>43874</v>
       </c>
       <c r="F62" s="32">
         <v>46796</v>
       </c>
       <c r="G62" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H62" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I62" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J62" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K62" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L62" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M62" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="63" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="63" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A63" s="18" t="s">
         <v>216</v>
       </c>
       <c r="B63" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C63" s="19">
         <v>4</v>
       </c>
       <c r="D63" s="20" t="s">
         <v>217</v>
       </c>
       <c r="E63" s="21">
         <v>43874</v>
       </c>
       <c r="F63" s="32">
         <v>46796</v>
       </c>
       <c r="G63" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H63" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I63" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J63" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K63" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L63" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M63" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="64" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="64" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A64" s="18" t="s">
         <v>218</v>
       </c>
       <c r="B64" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C64" s="19">
         <v>4</v>
       </c>
       <c r="D64" s="20" t="s">
         <v>219</v>
       </c>
       <c r="E64" s="21">
         <v>43874</v>
       </c>
       <c r="F64" s="32">
         <v>46796</v>
       </c>
       <c r="G64" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H64" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I64" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J64" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K64" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L64" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M64" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="65" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="65" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A65" s="18" t="s">
         <v>220</v>
       </c>
       <c r="B65" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C65" s="19">
         <v>4</v>
       </c>
       <c r="D65" s="20" t="s">
         <v>221</v>
       </c>
       <c r="E65" s="21">
         <v>43874</v>
       </c>
       <c r="F65" s="32">
         <v>46796</v>
       </c>
       <c r="G65" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H65" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I65" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J65" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K65" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L65" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M65" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="66" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="66" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A66" s="18" t="s">
         <v>222</v>
       </c>
       <c r="B66" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C66" s="19">
         <v>4</v>
       </c>
       <c r="D66" s="20" t="s">
         <v>223</v>
       </c>
       <c r="E66" s="31">
         <v>43874</v>
       </c>
       <c r="F66" s="32">
         <v>46796</v>
       </c>
       <c r="G66" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H66" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I66" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J66" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K66" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L66" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M66" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="67" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="67" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A67" s="18" t="s">
         <v>224</v>
       </c>
       <c r="B67" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C67" s="19">
         <v>4</v>
       </c>
       <c r="D67" s="20" t="s">
         <v>225</v>
       </c>
       <c r="E67" s="31">
         <v>43874</v>
       </c>
       <c r="F67" s="32">
         <v>46796</v>
       </c>
       <c r="G67" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H67" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I67" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J67" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K67" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L67" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M67" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="68" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="68" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A68" s="18" t="s">
         <v>226</v>
       </c>
       <c r="B68" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C68" s="19">
         <v>4</v>
       </c>
       <c r="D68" s="20" t="s">
         <v>227</v>
       </c>
       <c r="E68" s="31">
         <v>43874</v>
       </c>
       <c r="F68" s="32">
         <v>46796</v>
       </c>
       <c r="G68" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H68" s="20" t="s">
         <v>191</v>
       </c>
       <c r="I68" s="9" t="s">
@@ -12023,953 +12080,953 @@
       <c r="F70" s="25">
         <v>44904</v>
       </c>
       <c r="G70" s="13" t="s">
         <v>182</v>
       </c>
       <c r="H70" s="13" t="s">
         <v>232</v>
       </c>
       <c r="I70" s="16" t="s">
         <v>233</v>
       </c>
       <c r="J70" s="16" t="s">
         <v>185</v>
       </c>
       <c r="K70" s="34" t="s">
         <v>234</v>
       </c>
       <c r="L70" s="13" t="s">
         <v>187</v>
       </c>
       <c r="M70" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="71" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="71" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A71" s="18" t="s">
         <v>235</v>
       </c>
       <c r="B71" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C71" s="19">
         <v>8</v>
       </c>
       <c r="D71" s="30" t="s">
         <v>236</v>
       </c>
       <c r="E71" s="31">
         <v>40521</v>
       </c>
       <c r="F71" s="32">
         <v>46365</v>
       </c>
       <c r="G71" s="20" t="s">
         <v>237</v>
       </c>
       <c r="H71" s="20" t="s">
         <v>238</v>
       </c>
       <c r="I71" s="9" t="s">
         <v>239</v>
       </c>
       <c r="J71" s="9" t="s">
         <v>240</v>
       </c>
       <c r="K71" s="9" t="s">
         <v>241</v>
       </c>
       <c r="L71" s="20" t="s">
         <v>242</v>
       </c>
       <c r="M71" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="72" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="72" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A72" s="18" t="s">
         <v>243</v>
       </c>
       <c r="B72" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C72" s="19">
         <v>8</v>
       </c>
       <c r="D72" s="30" t="s">
         <v>244</v>
       </c>
       <c r="E72" s="31">
         <v>40521</v>
       </c>
       <c r="F72" s="32">
         <v>46365</v>
       </c>
       <c r="G72" s="20" t="s">
         <v>237</v>
       </c>
       <c r="H72" s="20" t="s">
         <v>238</v>
       </c>
       <c r="I72" s="9" t="s">
         <v>239</v>
       </c>
       <c r="J72" s="9" t="s">
         <v>240</v>
       </c>
       <c r="K72" s="9" t="s">
         <v>241</v>
       </c>
       <c r="L72" s="20" t="s">
         <v>242</v>
       </c>
       <c r="M72" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="73" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="73" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A73" s="18" t="s">
         <v>245</v>
       </c>
       <c r="B73" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C73" s="29">
         <v>2</v>
       </c>
       <c r="D73" s="20" t="s">
         <v>246</v>
       </c>
       <c r="E73" s="21">
         <v>40521</v>
       </c>
       <c r="F73" s="32">
         <v>46730</v>
       </c>
       <c r="G73" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H73" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I73" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J73" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K73" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L73" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M73" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="74" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="74" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A74" s="11" t="s">
         <v>253</v>
       </c>
       <c r="B74" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C74" s="24">
         <v>3</v>
       </c>
       <c r="D74" s="13" t="s">
         <v>254</v>
       </c>
       <c r="E74" s="14">
         <v>40521</v>
       </c>
       <c r="F74" s="25">
         <v>41982</v>
       </c>
       <c r="G74" s="13" t="s">
         <v>247</v>
       </c>
       <c r="H74" s="13" t="s">
         <v>248</v>
       </c>
       <c r="I74" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J74" s="16" t="s">
         <v>250</v>
       </c>
       <c r="K74" s="16" t="s">
         <v>255</v>
       </c>
       <c r="L74" s="16" t="s">
         <v>252</v>
       </c>
       <c r="M74" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="75" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="75" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A75" s="11" t="s">
         <v>256</v>
       </c>
       <c r="B75" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C75" s="24">
         <v>2</v>
       </c>
       <c r="D75" s="13" t="s">
         <v>257</v>
       </c>
       <c r="E75" s="14">
         <v>40521</v>
       </c>
       <c r="F75" s="25">
         <v>41982</v>
       </c>
       <c r="G75" s="13" t="s">
         <v>247</v>
       </c>
       <c r="H75" s="13" t="s">
         <v>248</v>
       </c>
       <c r="I75" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J75" s="16" t="s">
         <v>250</v>
       </c>
       <c r="K75" s="16" t="s">
         <v>255</v>
       </c>
       <c r="L75" s="16" t="s">
         <v>252</v>
       </c>
       <c r="M75" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="76" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="76" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A76" s="11" t="s">
         <v>258</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C76" s="24">
         <v>2</v>
       </c>
       <c r="D76" s="13" t="s">
         <v>259</v>
       </c>
       <c r="E76" s="14">
         <v>40521</v>
       </c>
       <c r="F76" s="25">
         <v>41982</v>
       </c>
       <c r="G76" s="13" t="s">
         <v>247</v>
       </c>
       <c r="H76" s="13" t="s">
         <v>248</v>
       </c>
       <c r="I76" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J76" s="16" t="s">
         <v>250</v>
       </c>
       <c r="K76" s="16" t="s">
         <v>255</v>
       </c>
       <c r="L76" s="16" t="s">
         <v>252</v>
       </c>
       <c r="M76" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="77" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="77" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A77" s="11" t="s">
         <v>260</v>
       </c>
       <c r="B77" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C77" s="24">
         <v>2</v>
       </c>
       <c r="D77" s="13" t="s">
         <v>261</v>
       </c>
       <c r="E77" s="14">
         <v>40521</v>
       </c>
       <c r="F77" s="25">
         <v>41982</v>
       </c>
       <c r="G77" s="13" t="s">
         <v>247</v>
       </c>
       <c r="H77" s="13" t="s">
         <v>248</v>
       </c>
       <c r="I77" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J77" s="16" t="s">
         <v>250</v>
       </c>
       <c r="K77" s="16" t="s">
         <v>255</v>
       </c>
       <c r="L77" s="16" t="s">
         <v>252</v>
       </c>
       <c r="M77" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="78" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="78" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A78" s="11" t="s">
         <v>262</v>
       </c>
       <c r="B78" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C78" s="24">
         <v>1</v>
       </c>
       <c r="D78" s="13" t="s">
         <v>263</v>
       </c>
       <c r="E78" s="14">
         <v>40521</v>
       </c>
       <c r="F78" s="25">
         <v>41982</v>
       </c>
       <c r="G78" s="13" t="s">
         <v>247</v>
       </c>
       <c r="H78" s="13" t="s">
         <v>248</v>
       </c>
       <c r="I78" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J78" s="16" t="s">
         <v>250</v>
       </c>
       <c r="K78" s="16" t="s">
         <v>255</v>
       </c>
       <c r="L78" s="16" t="s">
         <v>252</v>
       </c>
       <c r="M78" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="79" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="79" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A79" s="11" t="s">
         <v>264</v>
       </c>
       <c r="B79" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C79" s="24">
         <v>2</v>
       </c>
       <c r="D79" s="13" t="s">
         <v>265</v>
       </c>
       <c r="E79" s="14">
         <v>40521</v>
       </c>
       <c r="F79" s="25">
         <v>41982</v>
       </c>
       <c r="G79" s="13" t="s">
         <v>247</v>
       </c>
       <c r="H79" s="13" t="s">
         <v>248</v>
       </c>
       <c r="I79" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J79" s="16" t="s">
         <v>250</v>
       </c>
       <c r="K79" s="16" t="s">
         <v>255</v>
       </c>
       <c r="L79" s="16" t="s">
         <v>252</v>
       </c>
       <c r="M79" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="80" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="80" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A80" s="18" t="s">
         <v>266</v>
       </c>
       <c r="B80" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C80" s="29">
         <v>2</v>
       </c>
       <c r="D80" s="20" t="s">
         <v>267</v>
       </c>
       <c r="E80" s="21">
         <v>40521</v>
       </c>
       <c r="F80" s="32">
         <v>46730</v>
       </c>
       <c r="G80" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H80" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I80" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J80" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K80" s="64" t="s">
         <v>251</v>
       </c>
       <c r="L80" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M80" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="81" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="81" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A81" s="18" t="s">
         <v>268</v>
       </c>
       <c r="B81" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C81" s="29">
         <v>2</v>
       </c>
       <c r="D81" s="20" t="s">
         <v>269</v>
       </c>
       <c r="E81" s="21">
         <v>40521</v>
       </c>
       <c r="F81" s="32">
         <v>46730</v>
       </c>
       <c r="G81" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H81" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I81" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J81" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K81" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L81" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M81" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="82" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="82" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A82" s="18" t="s">
         <v>270</v>
       </c>
       <c r="B82" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C82" s="19">
         <v>1</v>
       </c>
       <c r="D82" s="20" t="s">
         <v>271</v>
       </c>
       <c r="E82" s="21">
         <v>40521</v>
       </c>
       <c r="F82" s="32">
         <v>46730</v>
       </c>
       <c r="G82" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H82" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I82" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J82" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K82" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L82" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M82" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="83" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="83" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A83" s="18" t="s">
         <v>272</v>
       </c>
       <c r="B83" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C83" s="19">
         <v>1</v>
       </c>
       <c r="D83" s="20" t="s">
         <v>273</v>
       </c>
       <c r="E83" s="21">
         <v>40521</v>
       </c>
       <c r="F83" s="32">
         <v>46730</v>
       </c>
       <c r="G83" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H83" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I83" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J83" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K83" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L83" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M83" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="84" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="84" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A84" s="18" t="s">
         <v>274</v>
       </c>
       <c r="B84" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C84" s="29">
         <v>2</v>
       </c>
       <c r="D84" s="20" t="s">
         <v>275</v>
       </c>
       <c r="E84" s="21">
         <v>40521</v>
       </c>
       <c r="F84" s="32">
         <v>46730</v>
       </c>
       <c r="G84" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H84" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I84" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J84" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K84" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L84" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M84" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="85" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="85" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A85" s="18" t="s">
         <v>276</v>
       </c>
       <c r="B85" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C85" s="29">
         <v>2</v>
       </c>
       <c r="D85" s="20" t="s">
         <v>277</v>
       </c>
       <c r="E85" s="21">
         <v>40521</v>
       </c>
       <c r="F85" s="32">
         <v>46730</v>
       </c>
       <c r="G85" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H85" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I85" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J85" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K85" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L85" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M85" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="86" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="86" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A86" s="18" t="s">
         <v>278</v>
       </c>
       <c r="B86" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C86" s="19">
         <v>1</v>
       </c>
       <c r="D86" s="20" t="s">
         <v>279</v>
       </c>
       <c r="E86" s="21">
         <v>40521</v>
       </c>
       <c r="F86" s="32">
         <v>46730</v>
       </c>
       <c r="G86" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H86" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I86" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J86" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K86" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L86" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M86" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="87" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="87" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A87" s="18" t="s">
         <v>280</v>
       </c>
       <c r="B87" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C87" s="29">
         <v>2</v>
       </c>
       <c r="D87" s="20" t="s">
         <v>281</v>
       </c>
       <c r="E87" s="21">
         <v>40521</v>
       </c>
       <c r="F87" s="32">
         <v>46730</v>
       </c>
       <c r="G87" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H87" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I87" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J87" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K87" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L87" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M87" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="88" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="88" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A88" s="18" t="s">
         <v>282</v>
       </c>
       <c r="B88" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C88" s="19">
         <v>3</v>
       </c>
       <c r="D88" s="20" t="s">
         <v>283</v>
       </c>
       <c r="E88" s="21">
         <v>40521</v>
       </c>
       <c r="F88" s="32">
         <v>46730</v>
       </c>
       <c r="G88" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H88" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I88" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J88" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K88" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L88" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M88" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="89" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="89" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A89" s="18" t="s">
         <v>284</v>
       </c>
       <c r="B89" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C89" s="29">
         <v>2</v>
       </c>
       <c r="D89" s="20" t="s">
         <v>285</v>
       </c>
       <c r="E89" s="21">
         <v>40521</v>
       </c>
       <c r="F89" s="32">
         <v>46730</v>
       </c>
       <c r="G89" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H89" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I89" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J89" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K89" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L89" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M89" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="90" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="90" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A90" s="18" t="s">
         <v>286</v>
       </c>
       <c r="B90" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C90" s="29">
         <v>2</v>
       </c>
       <c r="D90" s="20" t="s">
         <v>287</v>
       </c>
       <c r="E90" s="21">
         <v>40521</v>
       </c>
       <c r="F90" s="32">
         <v>46730</v>
       </c>
       <c r="G90" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H90" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I90" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J90" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K90" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L90" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M90" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="91" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="91" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A91" s="18" t="s">
         <v>288</v>
       </c>
       <c r="B91" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C91" s="19">
         <v>3</v>
       </c>
       <c r="D91" s="20" t="s">
         <v>289</v>
       </c>
       <c r="E91" s="21">
         <v>40521</v>
       </c>
       <c r="F91" s="32">
         <v>46730</v>
       </c>
       <c r="G91" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H91" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I91" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J91" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K91" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L91" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M91" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="92" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="92" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A92" s="18" t="s">
         <v>290</v>
       </c>
       <c r="B92" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C92" s="29">
         <v>2</v>
       </c>
       <c r="D92" s="20" t="s">
         <v>291</v>
       </c>
       <c r="E92" s="21">
         <v>40521</v>
       </c>
       <c r="F92" s="32">
         <v>46730</v>
       </c>
       <c r="G92" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H92" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I92" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J92" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K92" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L92" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M92" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="93" spans="1:13" s="9" customFormat="1" ht="1.25" customHeight="1">
+    <row r="93" spans="1:13" s="9" customFormat="1" ht="1.4" customHeight="1">
       <c r="A93" s="11" t="s">
         <v>292</v>
       </c>
       <c r="B93" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C93" s="24">
         <v>1</v>
       </c>
       <c r="D93" s="13" t="s">
         <v>293</v>
       </c>
       <c r="E93" s="14">
         <v>40521</v>
       </c>
       <c r="F93" s="25">
         <v>41982</v>
       </c>
       <c r="G93" s="13" t="s">
         <v>247</v>
       </c>
       <c r="H93" s="13" t="s">
         <v>248</v>
       </c>
       <c r="I93" s="16" t="s">
@@ -13007,209 +13064,209 @@
       <c r="F94" s="32">
         <v>46730</v>
       </c>
       <c r="G94" s="20" t="s">
         <v>247</v>
       </c>
       <c r="H94" s="20" t="s">
         <v>248</v>
       </c>
       <c r="I94" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J94" s="9" t="s">
         <v>250</v>
       </c>
       <c r="K94" s="35" t="s">
         <v>251</v>
       </c>
       <c r="L94" s="36" t="s">
         <v>252</v>
       </c>
       <c r="M94" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="95" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="95" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A95" s="11" t="s">
         <v>296</v>
       </c>
       <c r="B95" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C95" s="24">
         <v>4</v>
       </c>
       <c r="D95" s="13" t="s">
         <v>297</v>
       </c>
       <c r="E95" s="14">
         <v>40598</v>
       </c>
       <c r="F95" s="25">
         <v>42059</v>
       </c>
       <c r="G95" s="13" t="s">
         <v>298</v>
       </c>
       <c r="H95" s="13" t="s">
         <v>299</v>
       </c>
       <c r="I95" s="16" t="s">
         <v>300</v>
       </c>
       <c r="J95" s="16" t="s">
         <v>301</v>
       </c>
       <c r="K95" s="16"/>
       <c r="L95" s="13" t="s">
         <v>302</v>
       </c>
       <c r="M95" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="96" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="96" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A96" s="11" t="s">
         <v>303</v>
       </c>
       <c r="B96" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C96" s="24">
         <v>6</v>
       </c>
       <c r="D96" s="13" t="s">
         <v>304</v>
       </c>
       <c r="E96" s="14">
         <v>40598</v>
       </c>
       <c r="F96" s="25">
         <v>43520</v>
       </c>
       <c r="G96" s="13" t="s">
         <v>305</v>
       </c>
       <c r="H96" s="13" t="s">
         <v>28</v>
       </c>
       <c r="I96" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J96" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K96" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L96" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M96" s="17" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="97" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="97" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A97" s="11" t="s">
         <v>307</v>
       </c>
       <c r="B97" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C97" s="24">
         <v>6</v>
       </c>
       <c r="D97" s="13" t="s">
         <v>308</v>
       </c>
       <c r="E97" s="14">
         <v>40598</v>
       </c>
       <c r="F97" s="25">
         <v>42059</v>
       </c>
       <c r="G97" s="13" t="s">
         <v>309</v>
       </c>
       <c r="H97" s="13" t="s">
         <v>310</v>
       </c>
       <c r="I97" s="16" t="s">
         <v>311</v>
       </c>
       <c r="J97" s="16" t="s">
         <v>312</v>
       </c>
       <c r="K97" s="16"/>
       <c r="L97" s="13" t="s">
         <v>313</v>
       </c>
       <c r="M97" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="98" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="98" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A98" s="11" t="s">
         <v>314</v>
       </c>
       <c r="B98" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C98" s="24">
         <v>6</v>
       </c>
       <c r="D98" s="13" t="s">
         <v>315</v>
       </c>
       <c r="E98" s="14">
         <v>40598</v>
       </c>
       <c r="F98" s="25">
         <v>42059</v>
       </c>
       <c r="G98" s="13" t="s">
         <v>316</v>
       </c>
       <c r="H98" s="13" t="s">
         <v>317</v>
       </c>
       <c r="I98" s="16" t="s">
         <v>318</v>
       </c>
       <c r="J98" s="16" t="s">
         <v>319</v>
       </c>
       <c r="K98" s="16"/>
       <c r="L98" s="13" t="s">
         <v>320</v>
       </c>
       <c r="M98" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="99" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="99" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A99" s="11" t="s">
         <v>321</v>
       </c>
       <c r="B99" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C99" s="12">
         <v>2</v>
       </c>
       <c r="D99" s="13" t="s">
         <v>322</v>
       </c>
       <c r="E99" s="14">
         <v>40598</v>
       </c>
       <c r="F99" s="25">
         <v>43520</v>
       </c>
       <c r="G99" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H99" s="13" t="s">
         <v>324</v>
       </c>
       <c r="I99" s="16" t="s">
@@ -13282,51 +13339,51 @@
         <v>40598</v>
       </c>
       <c r="F101" s="25">
         <v>42059</v>
       </c>
       <c r="G101" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H101" s="13" t="s">
         <v>324</v>
       </c>
       <c r="I101" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J101" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K101" s="16"/>
       <c r="L101" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M101" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="102" spans="1:13" s="9" customFormat="1" ht="14" hidden="1" customHeight="1">
+    <row r="102" spans="1:13" s="9" customFormat="1" ht="14.15" hidden="1" customHeight="1">
       <c r="A102" s="11" t="s">
         <v>332</v>
       </c>
       <c r="B102" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C102" s="24">
         <v>3</v>
       </c>
       <c r="D102" s="13" t="s">
         <v>333</v>
       </c>
       <c r="E102" s="14">
         <v>40598</v>
       </c>
       <c r="F102" s="25">
         <v>42059</v>
       </c>
       <c r="G102" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H102" s="13" t="s">
         <v>324</v>
       </c>
       <c r="I102" s="16" t="s">
@@ -13399,90 +13456,90 @@
         <v>40598</v>
       </c>
       <c r="F104" s="25">
         <v>42059</v>
       </c>
       <c r="G104" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H104" s="13" t="s">
         <v>324</v>
       </c>
       <c r="I104" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J104" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K104" s="16"/>
       <c r="L104" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M104" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="105" spans="1:13" s="9" customFormat="1" ht="14" hidden="1" customHeight="1">
+    <row r="105" spans="1:13" s="9" customFormat="1" ht="14.15" hidden="1" customHeight="1">
       <c r="A105" s="11" t="s">
         <v>338</v>
       </c>
       <c r="B105" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C105" s="24">
         <v>3</v>
       </c>
       <c r="D105" s="13" t="s">
         <v>339</v>
       </c>
       <c r="E105" s="14">
         <v>40598</v>
       </c>
       <c r="F105" s="25">
         <v>42059</v>
       </c>
       <c r="G105" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H105" s="13" t="s">
         <v>324</v>
       </c>
       <c r="I105" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J105" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K105" s="16"/>
       <c r="L105" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M105" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="106" spans="1:13" s="9" customFormat="1" ht="14" hidden="1" customHeight="1">
+    <row r="106" spans="1:13" s="9" customFormat="1" ht="14.15" hidden="1" customHeight="1">
       <c r="A106" s="11" t="s">
         <v>340</v>
       </c>
       <c r="B106" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C106" s="24">
         <v>1</v>
       </c>
       <c r="D106" s="13" t="s">
         <v>341</v>
       </c>
       <c r="E106" s="14">
         <v>40598</v>
       </c>
       <c r="F106" s="25">
         <v>42059</v>
       </c>
       <c r="G106" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H106" s="13" t="s">
         <v>324</v>
       </c>
       <c r="I106" s="16" t="s">
@@ -13518,761 +13575,761 @@
       <c r="F107" s="38">
         <v>42059</v>
       </c>
       <c r="G107" s="39" t="s">
         <v>344</v>
       </c>
       <c r="H107" s="39" t="s">
         <v>345</v>
       </c>
       <c r="I107" s="40" t="s">
         <v>346</v>
       </c>
       <c r="J107" s="40" t="s">
         <v>347</v>
       </c>
       <c r="K107" s="40" t="s">
         <v>348</v>
       </c>
       <c r="L107" s="39" t="s">
         <v>349</v>
       </c>
       <c r="M107" s="17" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="108" spans="1:13" s="41" customFormat="1" ht="17" hidden="1" customHeight="1">
+    <row r="108" spans="1:13" s="41" customFormat="1" ht="17.149999999999999" hidden="1" customHeight="1">
       <c r="A108" s="11" t="s">
         <v>351</v>
       </c>
       <c r="B108" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C108" s="24">
         <v>12</v>
       </c>
       <c r="D108" s="13" t="s">
         <v>352</v>
       </c>
       <c r="E108" s="37">
         <v>41326</v>
       </c>
       <c r="F108" s="42">
         <v>42787</v>
       </c>
       <c r="G108" s="39" t="s">
         <v>344</v>
       </c>
       <c r="H108" s="39" t="s">
         <v>345</v>
       </c>
       <c r="I108" s="40" t="s">
         <v>346</v>
       </c>
       <c r="J108" s="40" t="s">
         <v>347</v>
       </c>
       <c r="K108" s="40" t="s">
         <v>348</v>
       </c>
       <c r="L108" s="39" t="s">
         <v>349</v>
       </c>
       <c r="M108" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="109" spans="1:13" s="41" customFormat="1" ht="14.4" hidden="1" customHeight="1">
+    <row r="109" spans="1:13" s="41" customFormat="1" ht="14.5" hidden="1" customHeight="1">
       <c r="A109" s="11" t="s">
         <v>353</v>
       </c>
       <c r="B109" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C109" s="24">
         <v>12</v>
       </c>
       <c r="D109" s="13" t="s">
         <v>354</v>
       </c>
       <c r="E109" s="37">
         <v>40598</v>
       </c>
       <c r="F109" s="38">
         <v>42059</v>
       </c>
       <c r="G109" s="39" t="s">
         <v>344</v>
       </c>
       <c r="H109" s="39" t="s">
         <v>345</v>
       </c>
       <c r="I109" s="40" t="s">
         <v>346</v>
       </c>
       <c r="J109" s="40" t="s">
         <v>347</v>
       </c>
       <c r="K109" s="40" t="s">
         <v>348</v>
       </c>
       <c r="L109" s="39" t="s">
         <v>349</v>
       </c>
       <c r="M109" s="17" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="110" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="110" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A110" s="4" t="s">
         <v>355</v>
       </c>
       <c r="B110" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C110" s="43">
         <v>1</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>356</v>
       </c>
       <c r="E110" s="7">
         <v>40598</v>
       </c>
       <c r="F110" s="8">
         <v>73415</v>
       </c>
       <c r="G110" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H110" s="6" t="s">
         <v>357</v>
       </c>
       <c r="I110" s="9" t="s">
         <v>19</v>
       </c>
       <c r="J110" s="9" t="s">
         <v>20</v>
       </c>
       <c r="K110" s="9" t="s">
         <v>21</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M110" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="111" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="111" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A111" s="4" t="s">
         <v>358</v>
       </c>
       <c r="B111" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C111" s="43">
         <v>1</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>359</v>
       </c>
       <c r="E111" s="7">
         <v>40598</v>
       </c>
       <c r="F111" s="8">
         <v>73415</v>
       </c>
       <c r="G111" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>18</v>
       </c>
       <c r="I111" s="9" t="s">
         <v>19</v>
       </c>
       <c r="J111" s="9" t="s">
         <v>20</v>
       </c>
       <c r="K111" s="9" t="s">
         <v>21</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M111" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="112" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="112" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A112" s="11" t="s">
         <v>360</v>
       </c>
       <c r="B112" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C112" s="24">
         <v>8</v>
       </c>
       <c r="D112" s="13" t="s">
         <v>361</v>
       </c>
       <c r="E112" s="14">
         <v>40661</v>
       </c>
       <c r="F112" s="25">
         <v>42122</v>
       </c>
       <c r="G112" s="13" t="s">
         <v>362</v>
       </c>
       <c r="H112" s="13" t="s">
         <v>363</v>
       </c>
       <c r="I112" s="16" t="s">
         <v>364</v>
       </c>
       <c r="J112" s="16" t="s">
         <v>365</v>
       </c>
       <c r="K112" s="16"/>
       <c r="L112" s="13" t="s">
         <v>366</v>
       </c>
       <c r="M112" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="113" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="113" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A113" s="11" t="s">
         <v>367</v>
       </c>
       <c r="B113" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C113" s="24">
         <v>1.5</v>
       </c>
       <c r="D113" s="13" t="s">
         <v>368</v>
       </c>
       <c r="E113" s="14">
         <v>40661</v>
       </c>
       <c r="F113" s="25">
         <v>42122</v>
       </c>
       <c r="G113" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H113" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I113" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J113" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K113" s="16"/>
       <c r="L113" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M113" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="114" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="114" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A114" s="11" t="s">
         <v>374</v>
       </c>
       <c r="B114" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C114" s="24">
         <v>1.5</v>
       </c>
       <c r="D114" s="13" t="s">
         <v>375</v>
       </c>
       <c r="E114" s="14">
         <v>40661</v>
       </c>
       <c r="F114" s="25">
         <v>42122</v>
       </c>
       <c r="G114" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H114" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I114" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J114" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K114" s="16"/>
       <c r="L114" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M114" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="115" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="115" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A115" s="11" t="s">
         <v>376</v>
       </c>
       <c r="B115" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C115" s="24">
         <v>1.5</v>
       </c>
       <c r="D115" s="13" t="s">
         <v>377</v>
       </c>
       <c r="E115" s="14">
         <v>40661</v>
       </c>
       <c r="F115" s="25">
         <v>42122</v>
       </c>
       <c r="G115" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H115" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I115" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J115" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K115" s="16"/>
       <c r="L115" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M115" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="116" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="116" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A116" s="11" t="s">
         <v>378</v>
       </c>
       <c r="B116" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C116" s="24">
         <v>1.5</v>
       </c>
       <c r="D116" s="13" t="s">
         <v>379</v>
       </c>
       <c r="E116" s="14">
         <v>40661</v>
       </c>
       <c r="F116" s="25">
         <v>42122</v>
       </c>
       <c r="G116" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H116" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I116" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J116" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K116" s="16"/>
       <c r="L116" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M116" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="117" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="117" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A117" s="11" t="s">
         <v>380</v>
       </c>
       <c r="B117" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C117" s="24">
         <v>1.5</v>
       </c>
       <c r="D117" s="13" t="s">
         <v>381</v>
       </c>
       <c r="E117" s="14">
         <v>40661</v>
       </c>
       <c r="F117" s="25">
         <v>42122</v>
       </c>
       <c r="G117" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H117" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I117" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J117" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K117" s="16"/>
       <c r="L117" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M117" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="118" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="118" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A118" s="11" t="s">
         <v>382</v>
       </c>
       <c r="B118" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C118" s="24">
         <v>1.5</v>
       </c>
       <c r="D118" s="13" t="s">
         <v>383</v>
       </c>
       <c r="E118" s="14">
         <v>40661</v>
       </c>
       <c r="F118" s="25">
         <v>42122</v>
       </c>
       <c r="G118" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H118" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I118" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J118" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K118" s="16"/>
       <c r="L118" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M118" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="119" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="119" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A119" s="11" t="s">
         <v>384</v>
       </c>
       <c r="B119" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C119" s="24">
         <v>1.5</v>
       </c>
       <c r="D119" s="13" t="s">
         <v>385</v>
       </c>
       <c r="E119" s="14">
         <v>40661</v>
       </c>
       <c r="F119" s="25">
         <v>42122</v>
       </c>
       <c r="G119" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H119" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I119" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J119" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K119" s="16"/>
       <c r="L119" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M119" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="120" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="120" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A120" s="11" t="s">
         <v>386</v>
       </c>
       <c r="B120" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C120" s="24">
         <v>1.5</v>
       </c>
       <c r="D120" s="13" t="s">
         <v>387</v>
       </c>
       <c r="E120" s="14">
         <v>40661</v>
       </c>
       <c r="F120" s="25">
         <v>42122</v>
       </c>
       <c r="G120" s="13" t="s">
         <v>369</v>
       </c>
       <c r="H120" s="13" t="s">
         <v>370</v>
       </c>
       <c r="I120" s="16" t="s">
         <v>371</v>
       </c>
       <c r="J120" s="16" t="s">
         <v>372</v>
       </c>
       <c r="K120" s="16"/>
       <c r="L120" s="13" t="s">
         <v>373</v>
       </c>
       <c r="M120" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="121" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="121" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A121" s="11" t="s">
         <v>388</v>
       </c>
       <c r="B121" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C121" s="24">
         <v>1</v>
       </c>
       <c r="D121" s="13" t="s">
         <v>389</v>
       </c>
       <c r="E121" s="14">
         <v>40661</v>
       </c>
       <c r="F121" s="25">
         <v>42122</v>
       </c>
       <c r="G121" s="13" t="s">
         <v>390</v>
       </c>
       <c r="H121" s="13" t="s">
         <v>391</v>
       </c>
       <c r="I121" s="16" t="s">
         <v>392</v>
       </c>
       <c r="J121" s="16" t="s">
         <v>393</v>
       </c>
       <c r="K121" s="16"/>
       <c r="L121" s="13" t="s">
         <v>394</v>
       </c>
       <c r="M121" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="122" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="122" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A122" s="11" t="s">
         <v>395</v>
       </c>
       <c r="B122" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C122" s="24">
         <v>12</v>
       </c>
       <c r="D122" s="13" t="s">
         <v>396</v>
       </c>
       <c r="E122" s="14">
         <v>40661</v>
       </c>
       <c r="F122" s="25">
         <v>42122</v>
       </c>
       <c r="G122" s="13" t="s">
         <v>397</v>
       </c>
       <c r="H122" s="13" t="s">
         <v>398</v>
       </c>
       <c r="I122" s="16" t="s">
         <v>147</v>
       </c>
       <c r="J122" s="16" t="s">
         <v>148</v>
       </c>
       <c r="K122" s="16"/>
       <c r="L122" s="13" t="s">
         <v>399</v>
       </c>
       <c r="M122" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="123" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="123" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A123" s="11" t="s">
         <v>400</v>
       </c>
       <c r="B123" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C123" s="24">
         <v>12</v>
       </c>
       <c r="D123" s="13" t="s">
         <v>401</v>
       </c>
       <c r="E123" s="14">
         <v>40661</v>
       </c>
       <c r="F123" s="25">
         <v>42122</v>
       </c>
       <c r="G123" s="13" t="s">
         <v>402</v>
       </c>
       <c r="H123" s="13" t="s">
         <v>403</v>
       </c>
       <c r="I123" s="16" t="s">
         <v>404</v>
       </c>
       <c r="J123" s="16" t="s">
         <v>405</v>
       </c>
       <c r="K123" s="16"/>
       <c r="L123" s="13" t="s">
         <v>406</v>
       </c>
       <c r="M123" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="124" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="124" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A124" s="11" t="s">
         <v>407</v>
       </c>
       <c r="B124" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C124" s="24">
         <v>12</v>
       </c>
       <c r="D124" s="13" t="s">
         <v>408</v>
       </c>
       <c r="E124" s="14">
         <v>40661</v>
       </c>
       <c r="F124" s="25">
         <v>42122</v>
       </c>
       <c r="G124" s="13" t="s">
         <v>402</v>
       </c>
       <c r="H124" s="13" t="s">
         <v>403</v>
       </c>
       <c r="I124" s="16" t="s">
         <v>404</v>
       </c>
       <c r="J124" s="16" t="s">
         <v>405</v>
       </c>
       <c r="K124" s="16"/>
       <c r="L124" s="13" t="s">
         <v>406</v>
       </c>
       <c r="M124" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="125" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="125" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A125" s="11" t="s">
         <v>409</v>
       </c>
       <c r="B125" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C125" s="24">
         <v>12</v>
       </c>
       <c r="D125" s="13" t="s">
         <v>410</v>
       </c>
       <c r="E125" s="14">
         <v>40661</v>
       </c>
       <c r="F125" s="25">
         <v>42122</v>
       </c>
       <c r="G125" s="13" t="s">
         <v>402</v>
       </c>
       <c r="H125" s="13" t="s">
         <v>403</v>
       </c>
       <c r="I125" s="16" t="s">
         <v>404</v>
       </c>
       <c r="J125" s="16" t="s">
         <v>405</v>
       </c>
       <c r="K125" s="16"/>
       <c r="L125" s="13" t="s">
         <v>406</v>
       </c>
       <c r="M125" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="126" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="126" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A126" s="11" t="s">
         <v>411</v>
       </c>
       <c r="B126" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C126" s="24">
         <v>8</v>
       </c>
       <c r="D126" s="13" t="s">
         <v>412</v>
       </c>
       <c r="E126" s="14">
         <v>40661</v>
       </c>
       <c r="F126" s="25">
         <v>43583</v>
       </c>
       <c r="G126" s="13" t="s">
         <v>413</v>
       </c>
       <c r="H126" s="13" t="s">
         <v>413</v>
       </c>
       <c r="I126" s="16" t="s">
@@ -14305,1335 +14362,1335 @@
       <c r="E127" s="21">
         <v>40661</v>
       </c>
       <c r="F127" s="25">
         <v>45044</v>
       </c>
       <c r="G127" s="20" t="s">
         <v>419</v>
       </c>
       <c r="H127" s="20" t="s">
         <v>420</v>
       </c>
       <c r="I127" s="9" t="s">
         <v>421</v>
       </c>
       <c r="J127" s="9" t="s">
         <v>422</v>
       </c>
       <c r="L127" s="20" t="s">
         <v>423</v>
       </c>
       <c r="M127" s="10" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="128" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="128" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A128" s="11" t="s">
         <v>424</v>
       </c>
       <c r="B128" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C128" s="24">
         <v>2</v>
       </c>
       <c r="D128" s="13" t="s">
         <v>425</v>
       </c>
       <c r="E128" s="14">
         <v>40724</v>
       </c>
       <c r="F128" s="25">
         <v>42178</v>
       </c>
       <c r="G128" s="13" t="s">
         <v>426</v>
       </c>
       <c r="H128" s="13" t="s">
         <v>427</v>
       </c>
       <c r="I128" s="13" t="s">
         <v>428</v>
       </c>
       <c r="J128" s="16" t="s">
         <v>429</v>
       </c>
       <c r="K128" s="16"/>
       <c r="L128" s="13" t="s">
         <v>430</v>
       </c>
       <c r="M128" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="129" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="129" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A129" s="11" t="s">
         <v>431</v>
       </c>
       <c r="B129" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C129" s="24">
         <v>2</v>
       </c>
       <c r="D129" s="13" t="s">
         <v>432</v>
       </c>
       <c r="E129" s="14">
         <v>40724</v>
       </c>
       <c r="F129" s="25">
         <v>42178</v>
       </c>
       <c r="G129" s="13" t="s">
         <v>433</v>
       </c>
       <c r="H129" s="13" t="s">
         <v>434</v>
       </c>
       <c r="I129" s="13" t="s">
         <v>435</v>
       </c>
       <c r="J129" s="13" t="s">
         <v>436</v>
       </c>
       <c r="K129" s="13"/>
       <c r="L129" s="13" t="s">
         <v>437</v>
       </c>
       <c r="M129" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="130" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="130" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A130" s="11" t="s">
         <v>438</v>
       </c>
       <c r="B130" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C130" s="24">
         <v>1</v>
       </c>
       <c r="D130" s="13" t="s">
         <v>439</v>
       </c>
       <c r="E130" s="14">
         <v>40724</v>
       </c>
       <c r="F130" s="25">
         <v>42178</v>
       </c>
       <c r="G130" s="13" t="s">
         <v>190</v>
       </c>
       <c r="H130" s="13" t="s">
         <v>191</v>
       </c>
       <c r="I130" s="13" t="s">
         <v>192</v>
       </c>
       <c r="J130" s="13" t="s">
         <v>440</v>
       </c>
       <c r="K130" s="13" t="s">
         <v>441</v>
       </c>
       <c r="L130" s="13" t="s">
         <v>193</v>
       </c>
       <c r="M130" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="131" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="131" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A131" s="11" t="s">
         <v>442</v>
       </c>
       <c r="B131" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C131" s="24">
         <v>12</v>
       </c>
       <c r="D131" s="13" t="s">
         <v>443</v>
       </c>
       <c r="E131" s="14">
         <v>40724</v>
       </c>
       <c r="F131" s="25">
         <v>42178</v>
       </c>
       <c r="G131" s="13" t="s">
         <v>298</v>
       </c>
       <c r="H131" s="13" t="s">
         <v>444</v>
       </c>
       <c r="I131" s="13" t="s">
         <v>445</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>446</v>
       </c>
       <c r="K131" s="13"/>
       <c r="L131" s="13" t="s">
         <v>447</v>
       </c>
       <c r="M131" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="132" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="132" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A132" s="11" t="s">
         <v>448</v>
       </c>
       <c r="B132" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C132" s="24">
         <v>6</v>
       </c>
       <c r="D132" s="13" t="s">
         <v>227</v>
       </c>
       <c r="E132" s="14">
         <v>40724</v>
       </c>
       <c r="F132" s="25">
         <v>42178</v>
       </c>
       <c r="G132" s="13" t="s">
         <v>449</v>
       </c>
       <c r="H132" s="13" t="s">
         <v>450</v>
       </c>
       <c r="I132" s="13" t="s">
         <v>451</v>
       </c>
       <c r="J132" s="13" t="s">
         <v>452</v>
       </c>
       <c r="K132" s="13"/>
       <c r="L132" s="13" t="s">
         <v>453</v>
       </c>
       <c r="M132" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="133" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="133" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A133" s="11" t="s">
         <v>454</v>
       </c>
       <c r="B133" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C133" s="24">
         <v>6</v>
       </c>
       <c r="D133" s="13" t="s">
         <v>455</v>
       </c>
       <c r="E133" s="14">
         <v>40724</v>
       </c>
       <c r="F133" s="25">
         <v>42178</v>
       </c>
       <c r="G133" s="13" t="s">
         <v>449</v>
       </c>
       <c r="H133" s="13" t="s">
         <v>450</v>
       </c>
       <c r="I133" s="13" t="s">
         <v>451</v>
       </c>
       <c r="J133" s="13" t="s">
         <v>452</v>
       </c>
       <c r="K133" s="13"/>
       <c r="L133" s="13" t="s">
         <v>453</v>
       </c>
       <c r="M133" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="134" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="134" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A134" s="11" t="s">
         <v>456</v>
       </c>
       <c r="B134" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C134" s="24">
         <v>6</v>
       </c>
       <c r="D134" s="13" t="s">
         <v>457</v>
       </c>
       <c r="E134" s="14">
         <v>40724</v>
       </c>
       <c r="F134" s="25">
         <v>42178</v>
       </c>
       <c r="G134" s="13" t="s">
         <v>449</v>
       </c>
       <c r="H134" s="13" t="s">
         <v>450</v>
       </c>
       <c r="I134" s="13" t="s">
         <v>451</v>
       </c>
       <c r="J134" s="13" t="s">
         <v>452</v>
       </c>
       <c r="K134" s="13"/>
       <c r="L134" s="13" t="s">
         <v>453</v>
       </c>
       <c r="M134" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="135" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="135" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A135" s="11" t="s">
         <v>458</v>
       </c>
       <c r="B135" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C135" s="24">
         <v>1</v>
       </c>
       <c r="D135" s="13" t="s">
         <v>459</v>
       </c>
       <c r="E135" s="14">
         <v>40724</v>
       </c>
       <c r="F135" s="25">
         <v>42178</v>
       </c>
       <c r="G135" s="13" t="s">
         <v>460</v>
       </c>
       <c r="H135" s="13" t="s">
         <v>461</v>
       </c>
       <c r="I135" s="13" t="s">
         <v>462</v>
       </c>
       <c r="J135" s="13" t="s">
         <v>463</v>
       </c>
       <c r="K135" s="13"/>
       <c r="L135" s="13" t="s">
         <v>464</v>
       </c>
       <c r="M135" s="17" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="136" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="136" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A136" s="11" t="s">
         <v>465</v>
       </c>
       <c r="B136" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C136" s="24">
         <v>0.75</v>
       </c>
       <c r="D136" s="13" t="s">
         <v>466</v>
       </c>
       <c r="E136" s="14">
         <v>40724</v>
       </c>
       <c r="F136" s="25">
         <v>42178</v>
       </c>
       <c r="G136" s="13" t="s">
         <v>460</v>
       </c>
       <c r="H136" s="13" t="s">
         <v>461</v>
       </c>
       <c r="I136" s="13" t="s">
         <v>462</v>
       </c>
       <c r="J136" s="13" t="s">
         <v>463</v>
       </c>
       <c r="K136" s="13"/>
       <c r="L136" s="13" t="s">
         <v>464</v>
       </c>
       <c r="M136" s="17" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="137" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="137" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A137" s="11" t="s">
         <v>467</v>
       </c>
       <c r="B137" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C137" s="24">
         <v>12</v>
       </c>
       <c r="D137" s="13" t="s">
         <v>468</v>
       </c>
       <c r="E137" s="14">
         <v>40724</v>
       </c>
       <c r="F137" s="25">
         <v>43639</v>
       </c>
       <c r="G137" s="13" t="s">
         <v>413</v>
       </c>
       <c r="H137" s="13" t="s">
         <v>469</v>
       </c>
       <c r="I137" s="13" t="s">
         <v>414</v>
       </c>
       <c r="J137" s="13" t="s">
         <v>470</v>
       </c>
       <c r="K137" s="13"/>
       <c r="L137" s="13" t="s">
         <v>416</v>
       </c>
       <c r="M137" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="138" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="138" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A138" s="11" t="s">
         <v>471</v>
       </c>
       <c r="B138" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C138" s="24">
         <v>6</v>
       </c>
       <c r="D138" s="13" t="s">
         <v>472</v>
       </c>
       <c r="E138" s="14">
         <v>40724</v>
       </c>
       <c r="F138" s="25">
         <v>43639</v>
       </c>
       <c r="G138" s="13" t="s">
         <v>473</v>
       </c>
       <c r="H138" s="13" t="s">
         <v>474</v>
       </c>
       <c r="I138" s="13" t="s">
         <v>475</v>
       </c>
       <c r="J138" s="13" t="s">
         <v>476</v>
       </c>
       <c r="K138" s="13"/>
       <c r="L138" s="13" t="s">
         <v>477</v>
       </c>
       <c r="M138" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="139" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="139" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A139" s="11" t="s">
         <v>478</v>
       </c>
       <c r="B139" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C139" s="24">
         <v>1.5</v>
       </c>
       <c r="D139" s="13" t="s">
         <v>479</v>
       </c>
       <c r="E139" s="14">
         <v>40724</v>
       </c>
       <c r="F139" s="25">
         <v>42178</v>
       </c>
       <c r="G139" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H139" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I139" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J139" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K139" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L139" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M139" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="140" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="140" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A140" s="11" t="s">
         <v>483</v>
       </c>
       <c r="B140" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C140" s="24">
         <v>1.5</v>
       </c>
       <c r="D140" s="13" t="s">
         <v>484</v>
       </c>
       <c r="E140" s="14">
         <v>40724</v>
       </c>
       <c r="F140" s="25">
         <v>42178</v>
       </c>
       <c r="G140" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H140" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I140" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J140" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K140" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L140" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M140" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="141" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="141" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A141" s="11" t="s">
         <v>485</v>
       </c>
       <c r="B141" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C141" s="24">
         <v>2.5</v>
       </c>
       <c r="D141" s="13" t="s">
         <v>486</v>
       </c>
       <c r="E141" s="14">
         <v>40724</v>
       </c>
       <c r="F141" s="25">
         <v>42178</v>
       </c>
       <c r="G141" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H141" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I141" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J141" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K141" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L141" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M141" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="142" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="142" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A142" s="11" t="s">
         <v>487</v>
       </c>
       <c r="B142" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C142" s="24">
         <v>1.5</v>
       </c>
       <c r="D142" s="13" t="s">
         <v>488</v>
       </c>
       <c r="E142" s="14">
         <v>40724</v>
       </c>
       <c r="F142" s="25">
         <v>42178</v>
       </c>
       <c r="G142" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H142" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I142" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J142" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K142" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L142" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M142" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="143" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="143" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A143" s="11" t="s">
         <v>489</v>
       </c>
       <c r="B143" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C143" s="24">
         <v>1.5</v>
       </c>
       <c r="D143" s="13" t="s">
         <v>490</v>
       </c>
       <c r="E143" s="14">
         <v>40724</v>
       </c>
       <c r="F143" s="25">
         <v>42178</v>
       </c>
       <c r="G143" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H143" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I143" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J143" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K143" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L143" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M143" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="144" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="144" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A144" s="11" t="s">
         <v>491</v>
       </c>
       <c r="B144" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C144" s="24">
         <v>1.5</v>
       </c>
       <c r="D144" s="13" t="s">
         <v>492</v>
       </c>
       <c r="E144" s="14">
         <v>40724</v>
       </c>
       <c r="F144" s="25">
         <v>42178</v>
       </c>
       <c r="G144" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H144" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I144" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J144" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K144" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L144" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M144" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="145" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="145" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A145" s="11" t="s">
         <v>493</v>
       </c>
       <c r="B145" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C145" s="24">
         <v>1.5</v>
       </c>
       <c r="D145" s="13" t="s">
         <v>494</v>
       </c>
       <c r="E145" s="14">
         <v>40724</v>
       </c>
       <c r="F145" s="25">
         <v>42178</v>
       </c>
       <c r="G145" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H145" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I145" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J145" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K145" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L145" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M145" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="146" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="146" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A146" s="11" t="s">
         <v>495</v>
       </c>
       <c r="B146" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C146" s="24">
         <v>1.5</v>
       </c>
       <c r="D146" s="13" t="s">
         <v>496</v>
       </c>
       <c r="E146" s="14">
         <v>40724</v>
       </c>
       <c r="F146" s="25">
         <v>42178</v>
       </c>
       <c r="G146" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H146" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I146" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J146" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K146" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L146" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M146" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="147" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="147" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A147" s="11" t="s">
         <v>497</v>
       </c>
       <c r="B147" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C147" s="24">
         <v>1.5</v>
       </c>
       <c r="D147" s="13" t="s">
         <v>498</v>
       </c>
       <c r="E147" s="14">
         <v>40724</v>
       </c>
       <c r="F147" s="25">
         <v>42178</v>
       </c>
       <c r="G147" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H147" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I147" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J147" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K147" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L147" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M147" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="148" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="148" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A148" s="11" t="s">
         <v>499</v>
       </c>
       <c r="B148" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C148" s="24">
         <v>1.5</v>
       </c>
       <c r="D148" s="13" t="s">
         <v>500</v>
       </c>
       <c r="E148" s="14">
         <v>40724</v>
       </c>
       <c r="F148" s="25">
         <v>42178</v>
       </c>
       <c r="G148" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H148" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I148" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J148" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K148" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L148" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M148" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="149" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="149" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A149" s="11" t="s">
         <v>501</v>
       </c>
       <c r="B149" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C149" s="24">
         <v>1.5</v>
       </c>
       <c r="D149" s="13" t="s">
         <v>502</v>
       </c>
       <c r="E149" s="14">
         <v>40724</v>
       </c>
       <c r="F149" s="25">
         <v>42178</v>
       </c>
       <c r="G149" s="13" t="s">
         <v>152</v>
       </c>
       <c r="H149" s="13" t="s">
         <v>153</v>
       </c>
       <c r="I149" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J149" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K149" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L149" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M149" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="150" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="150" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A150" s="11" t="s">
         <v>503</v>
       </c>
       <c r="B150" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C150" s="24">
         <v>12</v>
       </c>
       <c r="D150" s="13" t="s">
         <v>504</v>
       </c>
       <c r="E150" s="14">
         <v>40724</v>
       </c>
       <c r="F150" s="25">
         <v>42178</v>
       </c>
       <c r="G150" s="13" t="s">
         <v>505</v>
       </c>
       <c r="H150" s="13" t="s">
         <v>506</v>
       </c>
       <c r="I150" s="13" t="s">
         <v>507</v>
       </c>
       <c r="J150" s="13" t="s">
         <v>508</v>
       </c>
       <c r="K150" s="13"/>
       <c r="L150" s="13" t="s">
         <v>509</v>
       </c>
       <c r="M150" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="151" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="151" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A151" s="11" t="s">
         <v>510</v>
       </c>
       <c r="B151" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C151" s="24">
         <v>6</v>
       </c>
       <c r="D151" s="13" t="s">
         <v>511</v>
       </c>
       <c r="E151" s="14">
         <v>40724</v>
       </c>
       <c r="F151" s="25">
         <v>42178</v>
       </c>
       <c r="G151" s="13" t="s">
         <v>512</v>
       </c>
       <c r="H151" s="13" t="s">
         <v>513</v>
       </c>
       <c r="I151" s="13" t="s">
         <v>514</v>
       </c>
       <c r="J151" s="13" t="s">
         <v>515</v>
       </c>
       <c r="K151" s="13"/>
       <c r="L151" s="13" t="s">
         <v>516</v>
       </c>
       <c r="M151" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="152" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="152" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A152" s="11" t="s">
         <v>517</v>
       </c>
       <c r="B152" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C152" s="24">
         <v>8</v>
       </c>
       <c r="D152" s="13" t="s">
         <v>518</v>
       </c>
       <c r="E152" s="14">
         <v>40724</v>
       </c>
       <c r="F152" s="25">
         <v>42178</v>
       </c>
       <c r="G152" s="13" t="s">
         <v>519</v>
       </c>
       <c r="H152" s="13" t="s">
         <v>520</v>
       </c>
       <c r="I152" s="13" t="s">
         <v>521</v>
       </c>
       <c r="J152" s="13" t="s">
         <v>522</v>
       </c>
       <c r="K152" s="13"/>
       <c r="L152" s="13" t="s">
         <v>523</v>
       </c>
       <c r="M152" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="153" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="153" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A153" s="11" t="s">
         <v>524</v>
       </c>
       <c r="B153" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C153" s="24">
         <v>6</v>
       </c>
       <c r="D153" s="13" t="s">
         <v>525</v>
       </c>
       <c r="E153" s="14">
         <v>40785</v>
       </c>
       <c r="F153" s="25">
         <v>42246</v>
       </c>
       <c r="G153" s="13" t="s">
         <v>526</v>
       </c>
       <c r="H153" s="13" t="s">
         <v>527</v>
       </c>
       <c r="I153" s="13" t="s">
         <v>528</v>
       </c>
       <c r="J153" s="13" t="s">
         <v>529</v>
       </c>
       <c r="K153" s="13"/>
       <c r="L153" s="13" t="s">
         <v>530</v>
       </c>
       <c r="M153" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="154" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="154" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A154" s="11" t="s">
         <v>531</v>
       </c>
       <c r="B154" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C154" s="24">
         <v>7</v>
       </c>
       <c r="D154" s="16" t="s">
         <v>532</v>
       </c>
       <c r="E154" s="44">
         <v>40785</v>
       </c>
       <c r="F154" s="45">
         <v>42246</v>
       </c>
       <c r="G154" s="16" t="s">
         <v>533</v>
       </c>
       <c r="H154" s="16" t="s">
         <v>534</v>
       </c>
       <c r="I154" s="16" t="s">
         <v>535</v>
       </c>
       <c r="J154" s="16" t="s">
         <v>536</v>
       </c>
       <c r="K154" s="16" t="s">
         <v>537</v>
       </c>
       <c r="L154" s="16" t="s">
         <v>538</v>
       </c>
       <c r="M154" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="155" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="155" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A155" s="11" t="s">
         <v>539</v>
       </c>
       <c r="B155" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C155" s="24">
         <v>6</v>
       </c>
       <c r="D155" s="16" t="s">
         <v>540</v>
       </c>
       <c r="E155" s="44">
         <v>40785</v>
       </c>
       <c r="F155" s="45">
         <v>42246</v>
       </c>
       <c r="G155" s="16" t="s">
         <v>305</v>
       </c>
       <c r="H155" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I155" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J155" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K155" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L155" s="16" t="s">
         <v>541</v>
       </c>
       <c r="M155" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="156" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="156" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A156" s="11" t="s">
         <v>542</v>
       </c>
       <c r="B156" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C156" s="24">
         <v>6</v>
       </c>
       <c r="D156" s="16" t="s">
         <v>543</v>
       </c>
       <c r="E156" s="44">
         <v>40785</v>
       </c>
       <c r="F156" s="45">
         <v>42246</v>
       </c>
       <c r="G156" s="16" t="s">
         <v>305</v>
       </c>
       <c r="H156" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I156" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J156" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K156" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L156" s="16" t="s">
         <v>541</v>
       </c>
       <c r="M156" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="157" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="157" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A157" s="11" t="s">
         <v>544</v>
       </c>
       <c r="B157" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C157" s="24">
         <v>6</v>
       </c>
       <c r="D157" s="16" t="s">
         <v>545</v>
       </c>
       <c r="E157" s="44">
         <v>40785</v>
       </c>
       <c r="F157" s="45">
         <v>42246</v>
       </c>
       <c r="G157" s="16" t="s">
         <v>305</v>
       </c>
       <c r="H157" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I157" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J157" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K157" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L157" s="16" t="s">
         <v>541</v>
       </c>
       <c r="M157" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="158" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="158" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A158" s="11" t="s">
         <v>546</v>
       </c>
       <c r="B158" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C158" s="24">
         <v>2</v>
       </c>
       <c r="D158" s="16" t="s">
         <v>547</v>
       </c>
       <c r="E158" s="44">
         <v>40785</v>
       </c>
       <c r="F158" s="45">
         <v>42246</v>
       </c>
       <c r="G158" s="16" t="s">
         <v>190</v>
       </c>
       <c r="H158" s="16" t="s">
         <v>191</v>
       </c>
       <c r="I158" s="16" t="s">
         <v>192</v>
       </c>
       <c r="J158" s="16" t="s">
         <v>548</v>
       </c>
       <c r="K158" s="16" t="s">
         <v>441</v>
       </c>
       <c r="L158" s="16" t="s">
         <v>193</v>
       </c>
       <c r="M158" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="159" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="159" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A159" s="18" t="s">
         <v>549</v>
       </c>
       <c r="B159" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C159" s="19">
         <v>8</v>
       </c>
       <c r="D159" s="9" t="s">
         <v>550</v>
       </c>
       <c r="E159" s="46">
         <v>40843</v>
       </c>
       <c r="F159" s="45">
         <v>45226</v>
       </c>
       <c r="G159" s="9" t="s">
         <v>182</v>
       </c>
       <c r="H159" s="9" t="s">
         <v>183</v>
       </c>
       <c r="I159" s="9" t="s">
         <v>233</v>
       </c>
       <c r="J159" s="9" t="s">
         <v>551</v>
       </c>
       <c r="K159" s="36" t="s">
         <v>552</v>
       </c>
       <c r="L159" s="9" t="s">
         <v>187</v>
       </c>
       <c r="M159" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="160" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="160" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A160" s="11" t="s">
         <v>553</v>
       </c>
       <c r="B160" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C160" s="24">
         <v>4</v>
       </c>
       <c r="D160" s="16" t="s">
         <v>554</v>
       </c>
       <c r="E160" s="44">
         <v>40843</v>
       </c>
       <c r="F160" s="45">
         <v>42304</v>
       </c>
       <c r="G160" s="16" t="s">
         <v>112</v>
       </c>
       <c r="H160" s="16" t="s">
         <v>113</v>
       </c>
       <c r="I160" s="16" t="s">
@@ -15671,379 +15728,379 @@
       <c r="F161" s="56">
         <v>46687</v>
       </c>
       <c r="G161" s="9" t="s">
         <v>560</v>
       </c>
       <c r="H161" s="9" t="s">
         <v>561</v>
       </c>
       <c r="I161" s="9" t="s">
         <v>562</v>
       </c>
       <c r="J161" s="9" t="s">
         <v>563</v>
       </c>
       <c r="K161" s="26" t="s">
         <v>564</v>
       </c>
       <c r="L161" s="9" t="s">
         <v>565</v>
       </c>
       <c r="M161" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="162" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="162" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A162" s="11" t="s">
         <v>566</v>
       </c>
       <c r="B162" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C162" s="24">
         <v>3</v>
       </c>
       <c r="D162" s="16" t="s">
         <v>283</v>
       </c>
       <c r="E162" s="14">
         <v>40521</v>
       </c>
       <c r="F162" s="25">
         <v>41982</v>
       </c>
       <c r="G162" s="16" t="s">
         <v>247</v>
       </c>
       <c r="H162" s="16" t="s">
         <v>248</v>
       </c>
       <c r="I162" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J162" s="16" t="s">
         <v>567</v>
       </c>
       <c r="K162" s="16" t="s">
         <v>568</v>
       </c>
       <c r="L162" s="13" t="s">
         <v>569</v>
       </c>
       <c r="M162" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="163" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="163" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A163" s="11" t="s">
         <v>570</v>
       </c>
       <c r="B163" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C163" s="24">
         <v>3</v>
       </c>
       <c r="D163" s="16" t="s">
         <v>254</v>
       </c>
       <c r="E163" s="44">
         <v>40521</v>
       </c>
       <c r="F163" s="45">
         <v>41982</v>
       </c>
       <c r="G163" s="16" t="s">
         <v>247</v>
       </c>
       <c r="H163" s="16" t="s">
         <v>248</v>
       </c>
       <c r="I163" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J163" s="16" t="s">
         <v>567</v>
       </c>
       <c r="K163" s="16" t="s">
         <v>568</v>
       </c>
       <c r="L163" s="16" t="s">
         <v>569</v>
       </c>
       <c r="M163" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="164" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="164" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A164" s="11" t="s">
         <v>571</v>
       </c>
       <c r="B164" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C164" s="24">
         <v>2</v>
       </c>
       <c r="D164" s="16" t="s">
         <v>572</v>
       </c>
       <c r="E164" s="44">
         <v>40843</v>
       </c>
       <c r="F164" s="45">
         <v>42304</v>
       </c>
       <c r="G164" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H164" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I164" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J164" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K164" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L164" s="49" t="s">
         <v>578</v>
       </c>
       <c r="M164" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="165" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="165" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A165" s="11" t="s">
         <v>579</v>
       </c>
       <c r="B165" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C165" s="24">
         <v>2</v>
       </c>
       <c r="D165" s="16" t="s">
         <v>580</v>
       </c>
       <c r="E165" s="44">
         <v>40843</v>
       </c>
       <c r="F165" s="50">
         <v>42304</v>
       </c>
       <c r="G165" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H165" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I165" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J165" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K165" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L165" s="16" t="s">
         <v>578</v>
       </c>
       <c r="M165" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="166" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="166" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A166" s="11" t="s">
         <v>581</v>
       </c>
       <c r="B166" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C166" s="24">
         <v>6</v>
       </c>
       <c r="D166" s="16" t="s">
         <v>582</v>
       </c>
       <c r="E166" s="44">
         <v>40892</v>
       </c>
       <c r="F166" s="50">
         <v>42353</v>
       </c>
       <c r="G166" s="16" t="s">
         <v>583</v>
       </c>
       <c r="H166" s="16" t="s">
         <v>584</v>
       </c>
       <c r="I166" s="16" t="s">
         <v>585</v>
       </c>
       <c r="J166" s="16" t="s">
         <v>586</v>
       </c>
       <c r="K166" s="16" t="s">
         <v>587</v>
       </c>
       <c r="L166" s="16" t="s">
         <v>588</v>
       </c>
       <c r="M166" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="167" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="167" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A167" s="11" t="s">
         <v>589</v>
       </c>
       <c r="B167" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C167" s="24">
         <v>1</v>
       </c>
       <c r="D167" s="16" t="s">
         <v>590</v>
       </c>
       <c r="E167" s="44">
         <v>40892</v>
       </c>
       <c r="F167" s="50">
         <v>42353</v>
       </c>
       <c r="G167" s="16" t="s">
         <v>61</v>
       </c>
       <c r="H167" s="16" t="s">
         <v>591</v>
       </c>
       <c r="I167" s="16" t="s">
         <v>63</v>
       </c>
       <c r="J167" s="16" t="s">
         <v>592</v>
       </c>
       <c r="K167" s="16" t="s">
         <v>593</v>
       </c>
       <c r="L167" s="16" t="s">
         <v>65</v>
       </c>
       <c r="M167" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="168" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="168" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A168" s="11" t="s">
         <v>594</v>
       </c>
       <c r="B168" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C168" s="24">
         <v>5</v>
       </c>
       <c r="D168" s="16" t="s">
         <v>595</v>
       </c>
       <c r="E168" s="44">
         <v>40892</v>
       </c>
       <c r="F168" s="50">
         <v>42353</v>
       </c>
       <c r="G168" s="16" t="s">
         <v>533</v>
       </c>
       <c r="H168" s="16" t="s">
         <v>596</v>
       </c>
       <c r="I168" s="16" t="s">
         <v>535</v>
       </c>
       <c r="J168" s="16" t="s">
         <v>597</v>
       </c>
       <c r="K168" s="16" t="s">
         <v>537</v>
       </c>
       <c r="L168" s="16" t="s">
         <v>598</v>
       </c>
       <c r="M168" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="169" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="169" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A169" s="11" t="s">
         <v>599</v>
       </c>
       <c r="B169" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C169" s="24">
         <v>6</v>
       </c>
       <c r="D169" s="16" t="s">
         <v>600</v>
       </c>
       <c r="E169" s="44">
         <v>40892</v>
       </c>
       <c r="F169" s="45">
         <v>43814</v>
       </c>
       <c r="G169" s="16" t="s">
         <v>601</v>
       </c>
       <c r="H169" s="16" t="s">
         <v>602</v>
       </c>
       <c r="I169" s="16" t="s">
         <v>603</v>
       </c>
       <c r="J169" s="16" t="s">
         <v>604</v>
       </c>
       <c r="K169" s="16" t="s">
         <v>605</v>
       </c>
       <c r="L169" s="16" t="s">
         <v>606</v>
       </c>
       <c r="M169" s="17" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="170" spans="1:13" s="9" customFormat="1" ht="2.4" hidden="1" customHeight="1">
+    <row r="170" spans="1:13" s="9" customFormat="1" ht="2.5" hidden="1" customHeight="1">
       <c r="A170" s="11" t="s">
         <v>607</v>
       </c>
       <c r="B170" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C170" s="24">
         <v>6</v>
       </c>
       <c r="D170" s="16" t="s">
         <v>608</v>
       </c>
       <c r="E170" s="44">
         <v>40892</v>
       </c>
       <c r="F170" s="45">
         <v>44545</v>
       </c>
       <c r="G170" s="16" t="s">
         <v>609</v>
       </c>
       <c r="H170" s="16" t="s">
         <v>610</v>
       </c>
       <c r="I170" s="16" t="s">
@@ -16081,5500 +16138,5500 @@
       <c r="F171" s="45">
         <v>44545</v>
       </c>
       <c r="G171" s="16" t="s">
         <v>609</v>
       </c>
       <c r="H171" s="16" t="s">
         <v>610</v>
       </c>
       <c r="I171" s="16" t="s">
         <v>611</v>
       </c>
       <c r="J171" s="16" t="s">
         <v>612</v>
       </c>
       <c r="K171" s="16" t="s">
         <v>613</v>
       </c>
       <c r="L171" s="16" t="s">
         <v>614</v>
       </c>
       <c r="M171" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="172" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="172" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A172" s="18" t="s">
         <v>617</v>
       </c>
       <c r="B172" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C172" s="19">
         <v>6</v>
       </c>
       <c r="D172" s="9" t="s">
         <v>618</v>
       </c>
       <c r="E172" s="46">
         <v>40892</v>
       </c>
       <c r="F172" s="47">
         <v>46006</v>
       </c>
       <c r="G172" s="9" t="s">
         <v>609</v>
       </c>
       <c r="H172" s="9" t="s">
         <v>610</v>
       </c>
       <c r="I172" s="9" t="s">
         <v>611</v>
       </c>
       <c r="J172" s="9" t="s">
         <v>612</v>
       </c>
       <c r="K172" s="9" t="s">
         <v>613</v>
       </c>
       <c r="L172" s="9" t="s">
         <v>614</v>
       </c>
       <c r="M172" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="173" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="173" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A173" s="11" t="s">
         <v>619</v>
       </c>
       <c r="B173" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C173" s="24">
         <v>6</v>
       </c>
       <c r="D173" s="16" t="s">
         <v>620</v>
       </c>
       <c r="E173" s="44">
         <v>40892</v>
       </c>
       <c r="F173" s="45">
         <v>42353</v>
       </c>
       <c r="G173" s="16" t="s">
         <v>609</v>
       </c>
       <c r="H173" s="16" t="s">
         <v>610</v>
       </c>
       <c r="I173" s="16" t="s">
         <v>611</v>
       </c>
       <c r="J173" s="16" t="s">
         <v>612</v>
       </c>
       <c r="K173" s="16" t="s">
         <v>613</v>
       </c>
       <c r="L173" s="16" t="s">
         <v>614</v>
       </c>
       <c r="M173" s="17" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="174" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="174" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A174" s="18" t="s">
         <v>621</v>
       </c>
       <c r="B174" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C174" s="19">
         <v>6</v>
       </c>
       <c r="D174" s="9" t="s">
         <v>622</v>
       </c>
       <c r="E174" s="46">
         <v>40892</v>
       </c>
       <c r="F174" s="47">
         <v>46006</v>
       </c>
       <c r="G174" s="9" t="s">
         <v>609</v>
       </c>
       <c r="H174" s="9" t="s">
         <v>610</v>
       </c>
       <c r="I174" s="9" t="s">
         <v>611</v>
       </c>
       <c r="J174" s="9" t="s">
         <v>612</v>
       </c>
       <c r="K174" s="9" t="s">
         <v>613</v>
       </c>
       <c r="L174" s="9" t="s">
         <v>614</v>
       </c>
       <c r="M174" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="175" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="175" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A175" s="11" t="s">
         <v>623</v>
       </c>
       <c r="B175" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C175" s="24">
         <v>6</v>
       </c>
       <c r="D175" s="16" t="s">
         <v>624</v>
       </c>
       <c r="E175" s="44">
         <v>40892</v>
       </c>
       <c r="F175" s="45">
         <v>42353</v>
       </c>
       <c r="G175" s="16" t="s">
         <v>609</v>
       </c>
       <c r="H175" s="16" t="s">
         <v>610</v>
       </c>
       <c r="I175" s="16" t="s">
         <v>611</v>
       </c>
       <c r="J175" s="16" t="s">
         <v>612</v>
       </c>
       <c r="K175" s="16" t="s">
         <v>613</v>
       </c>
       <c r="L175" s="16" t="s">
         <v>614</v>
       </c>
       <c r="M175" s="17" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="176" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="176" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A176" s="18" t="s">
         <v>625</v>
       </c>
       <c r="B176" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C176" s="19">
         <v>6</v>
       </c>
       <c r="D176" s="9" t="s">
         <v>626</v>
       </c>
       <c r="E176" s="46">
         <v>40892</v>
       </c>
       <c r="F176" s="47">
         <v>46006</v>
       </c>
       <c r="G176" s="9" t="s">
         <v>609</v>
       </c>
       <c r="H176" s="9" t="s">
         <v>610</v>
       </c>
       <c r="I176" s="9" t="s">
         <v>611</v>
       </c>
       <c r="J176" s="9" t="s">
         <v>612</v>
       </c>
       <c r="K176" s="9" t="s">
         <v>613</v>
       </c>
       <c r="L176" s="9" t="s">
         <v>614</v>
       </c>
       <c r="M176" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="177" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="177" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A177" s="11" t="s">
         <v>627</v>
       </c>
       <c r="B177" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C177" s="24">
         <v>6</v>
       </c>
       <c r="D177" s="16" t="s">
         <v>628</v>
       </c>
       <c r="E177" s="51">
         <v>40892</v>
       </c>
       <c r="F177" s="50">
         <v>42353</v>
       </c>
       <c r="G177" s="16" t="s">
         <v>609</v>
       </c>
       <c r="H177" s="16" t="s">
         <v>610</v>
       </c>
       <c r="I177" s="16" t="s">
         <v>611</v>
       </c>
       <c r="J177" s="16" t="s">
         <v>612</v>
       </c>
       <c r="K177" s="16" t="s">
         <v>613</v>
       </c>
       <c r="L177" s="16" t="s">
         <v>614</v>
       </c>
       <c r="M177" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="178" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="178" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A178" s="11" t="s">
         <v>629</v>
       </c>
       <c r="B178" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C178" s="24">
         <v>4</v>
       </c>
       <c r="D178" s="16" t="s">
         <v>630</v>
       </c>
       <c r="E178" s="51">
         <v>40962</v>
       </c>
       <c r="F178" s="50">
         <v>42423</v>
       </c>
       <c r="G178" s="16" t="s">
         <v>631</v>
       </c>
       <c r="H178" s="16" t="s">
         <v>632</v>
       </c>
       <c r="I178" s="16" t="s">
         <v>633</v>
       </c>
       <c r="J178" s="16" t="s">
         <v>634</v>
       </c>
       <c r="K178" s="16" t="s">
         <v>635</v>
       </c>
       <c r="L178" s="16" t="s">
         <v>636</v>
       </c>
       <c r="M178" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="179" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="179" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A179" s="11" t="s">
         <v>637</v>
       </c>
       <c r="B179" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C179" s="24">
         <v>2</v>
       </c>
       <c r="D179" s="16" t="s">
         <v>638</v>
       </c>
       <c r="E179" s="51">
         <v>40962</v>
       </c>
       <c r="F179" s="50">
         <v>42423</v>
       </c>
       <c r="G179" s="16" t="s">
         <v>639</v>
       </c>
       <c r="H179" s="16" t="s">
         <v>640</v>
       </c>
       <c r="I179" s="16" t="s">
         <v>641</v>
       </c>
       <c r="J179" s="16" t="s">
         <v>642</v>
       </c>
       <c r="K179" s="16" t="s">
         <v>643</v>
       </c>
       <c r="L179" s="16" t="s">
         <v>644</v>
       </c>
       <c r="M179" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="180" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="180" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A180" s="11" t="s">
         <v>645</v>
       </c>
       <c r="B180" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C180" s="24">
         <v>3</v>
       </c>
       <c r="D180" s="16" t="s">
         <v>646</v>
       </c>
       <c r="E180" s="51">
         <v>40962</v>
       </c>
       <c r="F180" s="50">
         <v>42423</v>
       </c>
       <c r="G180" s="16" t="s">
         <v>323</v>
       </c>
       <c r="H180" s="16" t="s">
         <v>647</v>
       </c>
       <c r="I180" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J180" s="16" t="s">
         <v>648</v>
       </c>
       <c r="K180" s="16" t="s">
         <v>649</v>
       </c>
       <c r="L180" s="16" t="s">
         <v>327</v>
       </c>
       <c r="M180" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="181" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="181" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A181" s="11" t="s">
         <v>650</v>
       </c>
       <c r="B181" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C181" s="24">
         <v>6</v>
       </c>
       <c r="D181" s="16" t="s">
         <v>651</v>
       </c>
       <c r="E181" s="51">
         <v>40962</v>
       </c>
       <c r="F181" s="50">
         <v>42423</v>
       </c>
       <c r="G181" s="16" t="s">
         <v>652</v>
       </c>
       <c r="H181" s="16" t="s">
         <v>584</v>
       </c>
       <c r="I181" s="16" t="s">
         <v>585</v>
       </c>
       <c r="J181" s="16" t="s">
         <v>586</v>
       </c>
       <c r="K181" s="16" t="s">
         <v>653</v>
       </c>
       <c r="L181" s="16" t="s">
         <v>588</v>
       </c>
       <c r="M181" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="182" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="182" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A182" s="11" t="s">
         <v>654</v>
       </c>
       <c r="B182" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C182" s="24">
         <v>6</v>
       </c>
       <c r="D182" s="16" t="s">
         <v>655</v>
       </c>
       <c r="E182" s="51">
         <v>40962</v>
       </c>
       <c r="F182" s="50">
         <v>42423</v>
       </c>
       <c r="G182" s="16" t="s">
         <v>652</v>
       </c>
       <c r="H182" s="16" t="s">
         <v>584</v>
       </c>
       <c r="I182" s="16" t="s">
         <v>585</v>
       </c>
       <c r="J182" s="16" t="s">
         <v>586</v>
       </c>
       <c r="K182" s="16" t="s">
         <v>653</v>
       </c>
       <c r="L182" s="16" t="s">
         <v>588</v>
       </c>
       <c r="M182" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="183" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="183" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A183" s="11" t="s">
         <v>656</v>
       </c>
       <c r="B183" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C183" s="24">
         <v>3</v>
       </c>
       <c r="D183" s="16" t="s">
         <v>657</v>
       </c>
       <c r="E183" s="51">
         <v>40962</v>
       </c>
       <c r="F183" s="50">
         <v>42423</v>
       </c>
       <c r="G183" s="16" t="s">
         <v>658</v>
       </c>
       <c r="H183" s="16" t="s">
         <v>659</v>
       </c>
       <c r="I183" s="16" t="s">
         <v>660</v>
       </c>
       <c r="J183" s="16" t="s">
         <v>661</v>
       </c>
       <c r="K183" s="16" t="s">
         <v>662</v>
       </c>
       <c r="L183" s="16" t="s">
         <v>663</v>
       </c>
       <c r="M183" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="184" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="184" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A184" s="11" t="s">
         <v>664</v>
       </c>
       <c r="B184" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C184" s="24">
         <v>5</v>
       </c>
       <c r="D184" s="16" t="s">
         <v>665</v>
       </c>
       <c r="E184" s="51">
         <v>40962</v>
       </c>
       <c r="F184" s="50">
         <v>42423</v>
       </c>
       <c r="G184" s="16" t="s">
         <v>666</v>
       </c>
       <c r="H184" s="16" t="s">
         <v>667</v>
       </c>
       <c r="I184" s="16" t="s">
         <v>668</v>
       </c>
       <c r="J184" s="16" t="s">
         <v>669</v>
       </c>
       <c r="K184" s="16" t="s">
         <v>670</v>
       </c>
       <c r="L184" s="16" t="s">
         <v>671</v>
       </c>
       <c r="M184" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="185" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="185" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A185" s="11" t="s">
         <v>672</v>
       </c>
       <c r="B185" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C185" s="24">
         <v>8</v>
       </c>
       <c r="D185" s="16" t="s">
         <v>673</v>
       </c>
       <c r="E185" s="51">
         <v>40962</v>
       </c>
       <c r="F185" s="50">
         <v>42423</v>
       </c>
       <c r="G185" s="16" t="s">
         <v>674</v>
       </c>
       <c r="H185" s="16" t="s">
         <v>675</v>
       </c>
       <c r="I185" s="16" t="s">
         <v>676</v>
       </c>
       <c r="J185" s="16" t="s">
         <v>677</v>
       </c>
       <c r="K185" s="16" t="s">
         <v>678</v>
       </c>
       <c r="L185" s="16" t="s">
         <v>679</v>
       </c>
       <c r="M185" s="17" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="186" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="186" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A186" s="18" t="s">
         <v>680</v>
       </c>
       <c r="B186" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C186" s="19">
         <v>8</v>
       </c>
       <c r="D186" s="36" t="s">
         <v>681</v>
       </c>
       <c r="E186" s="52">
         <v>40962</v>
       </c>
       <c r="F186" s="53">
         <v>46076</v>
       </c>
       <c r="G186" s="36" t="s">
         <v>682</v>
       </c>
       <c r="H186" s="36" t="s">
         <v>191</v>
       </c>
       <c r="I186" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J186" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K186" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L186" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M186" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="187" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="187" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A187" s="18" t="s">
         <v>683</v>
       </c>
       <c r="B187" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C187" s="19">
         <v>8</v>
       </c>
       <c r="D187" s="36" t="s">
         <v>684</v>
       </c>
       <c r="E187" s="52">
         <v>40962</v>
       </c>
       <c r="F187" s="53">
         <v>46076</v>
       </c>
       <c r="G187" s="36" t="s">
         <v>682</v>
       </c>
       <c r="H187" s="36" t="s">
         <v>191</v>
       </c>
       <c r="I187" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J187" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K187" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L187" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M187" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="188" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="188" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A188" s="18" t="s">
         <v>685</v>
       </c>
       <c r="B188" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C188" s="19">
         <v>8</v>
       </c>
       <c r="D188" s="36" t="s">
         <v>686</v>
       </c>
       <c r="E188" s="52">
         <v>40962</v>
       </c>
       <c r="F188" s="53">
         <v>46076</v>
       </c>
       <c r="G188" s="36" t="s">
         <v>682</v>
       </c>
       <c r="H188" s="36" t="s">
         <v>191</v>
       </c>
       <c r="I188" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J188" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K188" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L188" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M188" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="189" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="189" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A189" s="11" t="s">
         <v>687</v>
       </c>
       <c r="B189" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C189" s="24">
         <v>2</v>
       </c>
       <c r="D189" s="16" t="s">
         <v>688</v>
       </c>
       <c r="E189" s="51">
         <v>40962</v>
       </c>
       <c r="F189" s="50">
         <v>42423</v>
       </c>
       <c r="G189" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H189" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I189" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J189" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K189" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L189" s="49" t="s">
         <v>578</v>
       </c>
       <c r="M189" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="190" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="190" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A190" s="11" t="s">
         <v>689</v>
       </c>
       <c r="B190" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C190" s="24">
         <v>2</v>
       </c>
       <c r="D190" s="16" t="s">
         <v>690</v>
       </c>
       <c r="E190" s="51">
         <v>40962</v>
       </c>
       <c r="F190" s="50">
         <v>42423</v>
       </c>
       <c r="G190" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H190" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I190" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J190" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K190" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L190" s="16" t="s">
         <v>578</v>
       </c>
       <c r="M190" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="191" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="191" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A191" s="11" t="s">
         <v>691</v>
       </c>
       <c r="B191" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C191" s="24">
         <v>2</v>
       </c>
       <c r="D191" s="16" t="s">
         <v>692</v>
       </c>
       <c r="E191" s="51">
         <v>40962</v>
       </c>
       <c r="F191" s="50">
         <v>42423</v>
       </c>
       <c r="G191" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H191" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I191" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J191" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K191" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L191" s="16" t="s">
         <v>578</v>
       </c>
       <c r="M191" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="192" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="192" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A192" s="11" t="s">
         <v>693</v>
       </c>
       <c r="B192" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C192" s="24">
         <v>2</v>
       </c>
       <c r="D192" s="16" t="s">
         <v>694</v>
       </c>
       <c r="E192" s="51">
         <v>40962</v>
       </c>
       <c r="F192" s="50">
         <v>42423</v>
       </c>
       <c r="G192" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H192" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I192" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J192" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K192" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L192" s="16" t="s">
         <v>578</v>
       </c>
       <c r="M192" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="193" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="193" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A193" s="11" t="s">
         <v>695</v>
       </c>
       <c r="B193" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C193" s="24">
         <v>2</v>
       </c>
       <c r="D193" s="16" t="s">
         <v>696</v>
       </c>
       <c r="E193" s="51">
         <v>40962</v>
       </c>
       <c r="F193" s="50">
         <v>42423</v>
       </c>
       <c r="G193" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H193" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I193" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J193" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K193" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L193" s="16" t="s">
         <v>578</v>
       </c>
       <c r="M193" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="194" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="194" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A194" s="11" t="s">
         <v>697</v>
       </c>
       <c r="B194" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C194" s="24">
         <v>4</v>
       </c>
       <c r="D194" s="16" t="s">
         <v>698</v>
       </c>
       <c r="E194" s="51">
         <v>40962</v>
       </c>
       <c r="F194" s="50">
         <v>42423</v>
       </c>
       <c r="G194" s="16" t="s">
         <v>573</v>
       </c>
       <c r="H194" s="16" t="s">
         <v>574</v>
       </c>
       <c r="I194" s="16" t="s">
         <v>575</v>
       </c>
       <c r="J194" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K194" s="16" t="s">
         <v>577</v>
       </c>
       <c r="L194" s="16" t="s">
         <v>578</v>
       </c>
       <c r="M194" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="195" spans="1:13" s="36" customFormat="1" ht="15.9" customHeight="1">
+    <row r="195" spans="1:13" s="36" customFormat="1" ht="16" customHeight="1">
       <c r="A195" s="18" t="s">
         <v>699</v>
       </c>
       <c r="B195" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C195" s="19">
         <v>12</v>
       </c>
       <c r="D195" s="36" t="s">
         <v>700</v>
       </c>
       <c r="E195" s="55">
         <v>40962</v>
       </c>
       <c r="F195" s="56">
         <v>46076</v>
       </c>
       <c r="G195" s="36" t="s">
         <v>701</v>
       </c>
       <c r="H195" s="36" t="s">
         <v>702</v>
       </c>
       <c r="I195" s="36" t="s">
         <v>703</v>
       </c>
       <c r="J195" s="36" t="s">
         <v>704</v>
       </c>
       <c r="K195" s="33" t="s">
         <v>705</v>
       </c>
       <c r="L195" s="36" t="s">
         <v>706</v>
       </c>
       <c r="M195" s="54" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="196" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="196" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A196" s="11" t="s">
         <v>707</v>
       </c>
       <c r="B196" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C196" s="24">
         <v>8</v>
       </c>
       <c r="D196" s="16" t="s">
         <v>708</v>
       </c>
       <c r="E196" s="51">
         <v>40962</v>
       </c>
       <c r="F196" s="50">
         <v>42423</v>
       </c>
       <c r="G196" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H196" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I196" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J196" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K196" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L196" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M196" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="197" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="197" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A197" s="11" t="s">
         <v>715</v>
       </c>
       <c r="B197" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C197" s="24">
         <v>8</v>
       </c>
       <c r="D197" s="16" t="s">
         <v>716</v>
       </c>
       <c r="E197" s="51">
         <v>40962</v>
       </c>
       <c r="F197" s="50">
         <v>42423</v>
       </c>
       <c r="G197" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H197" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I197" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J197" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K197" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L197" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M197" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="198" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="198" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A198" s="11" t="s">
         <v>717</v>
       </c>
       <c r="B198" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C198" s="24">
         <v>8</v>
       </c>
       <c r="D198" s="16" t="s">
         <v>718</v>
       </c>
       <c r="E198" s="51">
         <v>40962</v>
       </c>
       <c r="F198" s="50">
         <v>42423</v>
       </c>
       <c r="G198" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H198" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I198" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J198" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K198" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L198" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M198" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="199" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="199" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A199" s="11" t="s">
         <v>719</v>
       </c>
       <c r="B199" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C199" s="24">
         <v>8</v>
       </c>
       <c r="D199" s="16" t="s">
         <v>720</v>
       </c>
       <c r="E199" s="51">
         <v>40962</v>
       </c>
       <c r="F199" s="50">
         <v>42423</v>
       </c>
       <c r="G199" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H199" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I199" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J199" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K199" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L199" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M199" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="200" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="200" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A200" s="11" t="s">
         <v>721</v>
       </c>
       <c r="B200" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C200" s="24">
         <v>8</v>
       </c>
       <c r="D200" s="16" t="s">
         <v>722</v>
       </c>
       <c r="E200" s="51">
         <v>40962</v>
       </c>
       <c r="F200" s="50">
         <v>42423</v>
       </c>
       <c r="G200" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H200" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I200" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J200" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K200" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L200" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M200" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="201" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="201" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A201" s="11" t="s">
         <v>723</v>
       </c>
       <c r="B201" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C201" s="24">
         <v>8</v>
       </c>
       <c r="D201" s="16" t="s">
         <v>724</v>
       </c>
       <c r="E201" s="51">
         <v>40962</v>
       </c>
       <c r="F201" s="50">
         <v>42423</v>
       </c>
       <c r="G201" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H201" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I201" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J201" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K201" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L201" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M201" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="202" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="202" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A202" s="11" t="s">
         <v>725</v>
       </c>
       <c r="B202" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C202" s="24">
         <v>8</v>
       </c>
       <c r="D202" s="16" t="s">
         <v>726</v>
       </c>
       <c r="E202" s="51">
         <v>40962</v>
       </c>
       <c r="F202" s="50">
         <v>42423</v>
       </c>
       <c r="G202" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H202" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I202" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J202" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K202" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L202" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M202" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="203" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="203" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A203" s="11" t="s">
         <v>727</v>
       </c>
       <c r="B203" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C203" s="24">
         <v>8</v>
       </c>
       <c r="D203" s="16" t="s">
         <v>728</v>
       </c>
       <c r="E203" s="51">
         <v>40962</v>
       </c>
       <c r="F203" s="50">
         <v>42423</v>
       </c>
       <c r="G203" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H203" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I203" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J203" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K203" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L203" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M203" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="204" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="204" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A204" s="11" t="s">
         <v>729</v>
       </c>
       <c r="B204" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C204" s="24">
         <v>8</v>
       </c>
       <c r="D204" s="16" t="s">
         <v>730</v>
       </c>
       <c r="E204" s="51">
         <v>40962</v>
       </c>
       <c r="F204" s="50">
         <v>42423</v>
       </c>
       <c r="G204" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H204" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I204" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J204" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K204" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L204" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M204" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="205" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="205" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A205" s="11" t="s">
         <v>731</v>
       </c>
       <c r="B205" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C205" s="24">
         <v>8</v>
       </c>
       <c r="D205" s="16" t="s">
         <v>732</v>
       </c>
       <c r="E205" s="51">
         <v>40962</v>
       </c>
       <c r="F205" s="50">
         <v>42423</v>
       </c>
       <c r="G205" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H205" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I205" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J205" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K205" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L205" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M205" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="206" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="206" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A206" s="11" t="s">
         <v>733</v>
       </c>
       <c r="B206" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C206" s="24">
         <v>8</v>
       </c>
       <c r="D206" s="16" t="s">
         <v>734</v>
       </c>
       <c r="E206" s="51">
         <v>40962</v>
       </c>
       <c r="F206" s="50">
         <v>42423</v>
       </c>
       <c r="G206" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H206" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I206" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J206" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K206" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L206" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M206" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="207" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="207" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A207" s="11" t="s">
         <v>735</v>
       </c>
       <c r="B207" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C207" s="24">
         <v>8</v>
       </c>
       <c r="D207" s="16" t="s">
         <v>736</v>
       </c>
       <c r="E207" s="51">
         <v>40962</v>
       </c>
       <c r="F207" s="50">
         <v>42423</v>
       </c>
       <c r="G207" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H207" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I207" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J207" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K207" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L207" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M207" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="208" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="208" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A208" s="11" t="s">
         <v>737</v>
       </c>
       <c r="B208" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C208" s="24">
         <v>8</v>
       </c>
       <c r="D208" s="16" t="s">
         <v>738</v>
       </c>
       <c r="E208" s="51">
         <v>40962</v>
       </c>
       <c r="F208" s="50">
         <v>42423</v>
       </c>
       <c r="G208" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H208" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I208" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J208" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K208" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L208" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M208" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="209" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="209" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A209" s="11" t="s">
         <v>739</v>
       </c>
       <c r="B209" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C209" s="24">
         <v>8</v>
       </c>
       <c r="D209" s="16" t="s">
         <v>740</v>
       </c>
       <c r="E209" s="51">
         <v>40962</v>
       </c>
       <c r="F209" s="50">
         <v>42423</v>
       </c>
       <c r="G209" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H209" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I209" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J209" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K209" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L209" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M209" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="210" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="210" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A210" s="11" t="s">
         <v>741</v>
       </c>
       <c r="B210" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C210" s="24">
         <v>8</v>
       </c>
       <c r="D210" s="16" t="s">
         <v>742</v>
       </c>
       <c r="E210" s="51">
         <v>40962</v>
       </c>
       <c r="F210" s="50">
         <v>42423</v>
       </c>
       <c r="G210" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H210" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I210" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J210" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K210" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L210" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M210" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="211" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="211" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A211" s="11" t="s">
         <v>743</v>
       </c>
       <c r="B211" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C211" s="24">
         <v>8</v>
       </c>
       <c r="D211" s="16" t="s">
         <v>744</v>
       </c>
       <c r="E211" s="51">
         <v>40962</v>
       </c>
       <c r="F211" s="50">
         <v>42423</v>
       </c>
       <c r="G211" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H211" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I211" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J211" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K211" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L211" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M211" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="212" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="212" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A212" s="11" t="s">
         <v>745</v>
       </c>
       <c r="B212" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C212" s="24">
         <v>8</v>
       </c>
       <c r="D212" s="16" t="s">
         <v>746</v>
       </c>
       <c r="E212" s="51">
         <v>40962</v>
       </c>
       <c r="F212" s="50">
         <v>42423</v>
       </c>
       <c r="G212" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H212" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I212" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J212" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K212" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L212" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M212" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="213" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="213" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A213" s="11" t="s">
         <v>747</v>
       </c>
       <c r="B213" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C213" s="24">
         <v>8</v>
       </c>
       <c r="D213" s="16" t="s">
         <v>748</v>
       </c>
       <c r="E213" s="51">
         <v>40962</v>
       </c>
       <c r="F213" s="50">
         <v>42423</v>
       </c>
       <c r="G213" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H213" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I213" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J213" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K213" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L213" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M213" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="214" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="214" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A214" s="11" t="s">
         <v>749</v>
       </c>
       <c r="B214" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C214" s="24">
         <v>8</v>
       </c>
       <c r="D214" s="16" t="s">
         <v>750</v>
       </c>
       <c r="E214" s="51">
         <v>40962</v>
       </c>
       <c r="F214" s="50">
         <v>42423</v>
       </c>
       <c r="G214" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H214" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I214" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J214" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K214" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L214" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M214" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="215" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="215" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A215" s="11" t="s">
         <v>751</v>
       </c>
       <c r="B215" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C215" s="24">
         <v>8</v>
       </c>
       <c r="D215" s="16" t="s">
         <v>752</v>
       </c>
       <c r="E215" s="51">
         <v>40962</v>
       </c>
       <c r="F215" s="50">
         <v>42423</v>
       </c>
       <c r="G215" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H215" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I215" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J215" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K215" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L215" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M215" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="216" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="216" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A216" s="11" t="s">
         <v>753</v>
       </c>
       <c r="B216" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C216" s="24">
         <v>8</v>
       </c>
       <c r="D216" s="16" t="s">
         <v>754</v>
       </c>
       <c r="E216" s="51">
         <v>40962</v>
       </c>
       <c r="F216" s="50">
         <v>42423</v>
       </c>
       <c r="G216" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H216" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I216" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J216" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K216" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L216" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M216" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="217" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="217" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A217" s="11" t="s">
         <v>755</v>
       </c>
       <c r="B217" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C217" s="24">
         <v>8</v>
       </c>
       <c r="D217" s="16" t="s">
         <v>756</v>
       </c>
       <c r="E217" s="51">
         <v>40962</v>
       </c>
       <c r="F217" s="50">
         <v>42423</v>
       </c>
       <c r="G217" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H217" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I217" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J217" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K217" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L217" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M217" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="218" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="218" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A218" s="11" t="s">
         <v>757</v>
       </c>
       <c r="B218" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C218" s="24">
         <v>8</v>
       </c>
       <c r="D218" s="16" t="s">
         <v>758</v>
       </c>
       <c r="E218" s="51">
         <v>40962</v>
       </c>
       <c r="F218" s="50">
         <v>42423</v>
       </c>
       <c r="G218" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H218" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I218" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J218" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K218" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L218" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M218" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="219" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="219" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A219" s="11" t="s">
         <v>759</v>
       </c>
       <c r="B219" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C219" s="24">
         <v>8</v>
       </c>
       <c r="D219" s="16" t="s">
         <v>760</v>
       </c>
       <c r="E219" s="51">
         <v>40962</v>
       </c>
       <c r="F219" s="50">
         <v>42423</v>
       </c>
       <c r="G219" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H219" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I219" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J219" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K219" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L219" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M219" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="220" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="220" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A220" s="11" t="s">
         <v>761</v>
       </c>
       <c r="B220" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C220" s="24">
         <v>8</v>
       </c>
       <c r="D220" s="16" t="s">
         <v>762</v>
       </c>
       <c r="E220" s="51">
         <v>40962</v>
       </c>
       <c r="F220" s="50">
         <v>42423</v>
       </c>
       <c r="G220" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H220" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I220" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J220" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K220" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L220" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M220" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="221" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="221" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A221" s="11" t="s">
         <v>763</v>
       </c>
       <c r="B221" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C221" s="24">
         <v>8</v>
       </c>
       <c r="D221" s="16" t="s">
         <v>764</v>
       </c>
       <c r="E221" s="51">
         <v>40962</v>
       </c>
       <c r="F221" s="50">
         <v>42423</v>
       </c>
       <c r="G221" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H221" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I221" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J221" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K221" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L221" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M221" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="222" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="222" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A222" s="11" t="s">
         <v>765</v>
       </c>
       <c r="B222" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C222" s="24">
         <v>8</v>
       </c>
       <c r="D222" s="16" t="s">
         <v>766</v>
       </c>
       <c r="E222" s="51">
         <v>40962</v>
       </c>
       <c r="F222" s="50">
         <v>42423</v>
       </c>
       <c r="G222" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H222" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I222" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J222" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K222" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L222" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M222" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="223" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="223" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A223" s="11" t="s">
         <v>767</v>
       </c>
       <c r="B223" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C223" s="24">
         <v>8</v>
       </c>
       <c r="D223" s="16" t="s">
         <v>768</v>
       </c>
       <c r="E223" s="51">
         <v>40962</v>
       </c>
       <c r="F223" s="50">
         <v>42423</v>
       </c>
       <c r="G223" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H223" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I223" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J223" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K223" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L223" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M223" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="224" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="224" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A224" s="11" t="s">
         <v>769</v>
       </c>
       <c r="B224" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C224" s="24">
         <v>8</v>
       </c>
       <c r="D224" s="16" t="s">
         <v>770</v>
       </c>
       <c r="E224" s="51">
         <v>40962</v>
       </c>
       <c r="F224" s="50">
         <v>42423</v>
       </c>
       <c r="G224" s="16" t="s">
         <v>709</v>
       </c>
       <c r="H224" s="16" t="s">
         <v>710</v>
       </c>
       <c r="I224" s="16" t="s">
         <v>711</v>
       </c>
       <c r="J224" s="16" t="s">
         <v>712</v>
       </c>
       <c r="K224" s="16" t="s">
         <v>713</v>
       </c>
       <c r="L224" s="16" t="s">
         <v>714</v>
       </c>
       <c r="M224" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="225" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="225" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A225" s="11" t="s">
         <v>771</v>
       </c>
       <c r="B225" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C225" s="24">
         <v>12</v>
       </c>
       <c r="D225" s="16" t="s">
         <v>772</v>
       </c>
       <c r="E225" s="51">
         <v>41025</v>
       </c>
       <c r="F225" s="50">
         <v>42486</v>
       </c>
       <c r="G225" s="16" t="s">
         <v>413</v>
       </c>
       <c r="H225" s="16" t="s">
         <v>413</v>
       </c>
       <c r="I225" s="16" t="s">
         <v>773</v>
       </c>
       <c r="J225" s="16" t="s">
         <v>470</v>
       </c>
       <c r="K225" s="16" t="s">
         <v>774</v>
       </c>
       <c r="L225" s="16" t="s">
         <v>416</v>
       </c>
       <c r="M225" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="226" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="226" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A226" s="11" t="s">
         <v>775</v>
       </c>
       <c r="B226" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C226" s="24">
         <v>12</v>
       </c>
       <c r="D226" s="16" t="s">
         <v>776</v>
       </c>
       <c r="E226" s="51">
         <v>41025</v>
       </c>
       <c r="F226" s="57">
         <v>42486</v>
       </c>
       <c r="G226" s="16" t="s">
         <v>413</v>
       </c>
       <c r="H226" s="16" t="s">
         <v>413</v>
       </c>
       <c r="I226" s="16" t="s">
         <v>773</v>
       </c>
       <c r="J226" s="16" t="s">
         <v>470</v>
       </c>
       <c r="K226" s="16" t="s">
         <v>774</v>
       </c>
       <c r="L226" s="16" t="s">
         <v>416</v>
       </c>
       <c r="M226" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="227" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="227" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A227" s="11" t="s">
         <v>777</v>
       </c>
       <c r="B227" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C227" s="24">
         <v>8</v>
       </c>
       <c r="D227" s="16" t="s">
         <v>778</v>
       </c>
       <c r="E227" s="51">
         <v>41025</v>
       </c>
       <c r="F227" s="57">
         <v>42486</v>
       </c>
       <c r="G227" s="16" t="s">
         <v>779</v>
       </c>
       <c r="H227" s="16" t="s">
         <v>780</v>
       </c>
       <c r="I227" s="16" t="s">
         <v>781</v>
       </c>
       <c r="J227" s="16" t="s">
         <v>782</v>
       </c>
       <c r="K227" s="16" t="s">
         <v>783</v>
       </c>
       <c r="L227" s="16" t="s">
         <v>784</v>
       </c>
       <c r="M227" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="228" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="228" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A228" s="11" t="s">
         <v>785</v>
       </c>
       <c r="B228" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C228" s="24">
         <v>8</v>
       </c>
       <c r="D228" s="16" t="s">
         <v>786</v>
       </c>
       <c r="E228" s="51">
         <v>41025</v>
       </c>
       <c r="F228" s="57">
         <v>42486</v>
       </c>
       <c r="G228" s="16" t="s">
         <v>779</v>
       </c>
       <c r="H228" s="16" t="s">
         <v>787</v>
       </c>
       <c r="I228" s="16" t="s">
         <v>781</v>
       </c>
       <c r="J228" s="16" t="s">
         <v>782</v>
       </c>
       <c r="K228" s="16" t="s">
         <v>783</v>
       </c>
       <c r="L228" s="16" t="s">
         <v>784</v>
       </c>
       <c r="M228" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="229" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="229" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A229" s="11" t="s">
         <v>788</v>
       </c>
       <c r="B229" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C229" s="24">
         <v>8</v>
       </c>
       <c r="D229" s="16" t="s">
         <v>789</v>
       </c>
       <c r="E229" s="51">
         <v>41025</v>
       </c>
       <c r="F229" s="57">
         <v>42486</v>
       </c>
       <c r="G229" s="16" t="s">
         <v>790</v>
       </c>
       <c r="H229" s="16" t="s">
         <v>791</v>
       </c>
       <c r="I229" s="16" t="s">
         <v>792</v>
       </c>
       <c r="J229" s="16" t="s">
         <v>793</v>
       </c>
       <c r="K229" s="16" t="s">
         <v>794</v>
       </c>
       <c r="L229" s="16" t="s">
         <v>795</v>
       </c>
       <c r="M229" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="230" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="230" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A230" s="11" t="s">
         <v>796</v>
       </c>
       <c r="B230" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C230" s="24">
         <v>1.5</v>
       </c>
       <c r="D230" s="16" t="s">
         <v>797</v>
       </c>
       <c r="E230" s="51">
         <v>41025</v>
       </c>
       <c r="F230" s="57">
         <v>42486</v>
       </c>
       <c r="G230" s="16" t="s">
         <v>152</v>
       </c>
       <c r="H230" s="16" t="s">
         <v>153</v>
       </c>
       <c r="I230" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J230" s="16" t="s">
         <v>481</v>
       </c>
       <c r="K230" s="16" t="s">
         <v>798</v>
       </c>
       <c r="L230" s="16" t="s">
         <v>482</v>
       </c>
       <c r="M230" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="231" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="231" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A231" s="11" t="s">
         <v>799</v>
       </c>
       <c r="B231" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C231" s="24">
         <v>6</v>
       </c>
       <c r="D231" s="16" t="s">
         <v>800</v>
       </c>
       <c r="E231" s="51">
         <v>41025</v>
       </c>
       <c r="F231" s="57">
         <v>42486</v>
       </c>
       <c r="G231" s="16" t="s">
         <v>801</v>
       </c>
       <c r="H231" s="16" t="s">
         <v>801</v>
       </c>
       <c r="I231" s="16" t="s">
         <v>802</v>
       </c>
       <c r="J231" s="16" t="s">
         <v>803</v>
       </c>
       <c r="K231" s="16" t="s">
         <v>804</v>
       </c>
       <c r="L231" s="16" t="s">
         <v>805</v>
       </c>
       <c r="M231" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="232" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="232" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A232" s="11" t="s">
         <v>806</v>
       </c>
       <c r="B232" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C232" s="24" t="s">
         <v>807</v>
       </c>
       <c r="D232" s="16" t="s">
         <v>808</v>
       </c>
       <c r="E232" s="51">
         <v>41088</v>
       </c>
       <c r="F232" s="57">
         <v>42549</v>
       </c>
       <c r="G232" s="16" t="s">
         <v>809</v>
       </c>
       <c r="H232" s="16" t="s">
         <v>810</v>
       </c>
       <c r="I232" s="16" t="s">
         <v>811</v>
       </c>
       <c r="J232" s="16" t="s">
         <v>812</v>
       </c>
       <c r="K232" s="16" t="s">
         <v>813</v>
       </c>
       <c r="L232" s="16" t="s">
         <v>814</v>
       </c>
       <c r="M232" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="233" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="233" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A233" s="11" t="s">
         <v>815</v>
       </c>
       <c r="B233" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C233" s="24">
         <v>6</v>
       </c>
       <c r="D233" s="16" t="s">
         <v>816</v>
       </c>
       <c r="E233" s="51">
         <v>41088</v>
       </c>
       <c r="F233" s="57">
         <v>42549</v>
       </c>
       <c r="G233" s="16" t="s">
         <v>817</v>
       </c>
       <c r="H233" s="16" t="s">
         <v>817</v>
       </c>
       <c r="I233" s="16" t="s">
         <v>818</v>
       </c>
       <c r="J233" s="16" t="s">
         <v>812</v>
       </c>
       <c r="K233" s="16" t="s">
         <v>819</v>
       </c>
       <c r="L233" s="16" t="s">
         <v>820</v>
       </c>
       <c r="M233" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="234" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="234" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A234" s="11" t="s">
         <v>821</v>
       </c>
       <c r="B234" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C234" s="24">
         <v>7</v>
       </c>
       <c r="D234" s="16" t="s">
         <v>822</v>
       </c>
       <c r="E234" s="44">
         <v>41151</v>
       </c>
       <c r="F234" s="50">
         <v>42612</v>
       </c>
       <c r="G234" s="16" t="s">
         <v>666</v>
       </c>
       <c r="H234" s="16" t="s">
         <v>667</v>
       </c>
       <c r="I234" s="16" t="s">
         <v>668</v>
       </c>
       <c r="J234" s="16" t="s">
         <v>823</v>
       </c>
       <c r="K234" s="48" t="s">
         <v>824</v>
       </c>
       <c r="L234" s="16" t="s">
         <v>825</v>
       </c>
       <c r="M234" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="235" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="235" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A235" s="11" t="s">
         <v>826</v>
       </c>
       <c r="B235" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C235" s="24">
         <v>6</v>
       </c>
       <c r="D235" s="16" t="s">
         <v>827</v>
       </c>
       <c r="E235" s="44">
         <v>41151</v>
       </c>
       <c r="F235" s="50">
         <v>42612</v>
       </c>
       <c r="G235" s="16" t="s">
         <v>666</v>
       </c>
       <c r="H235" s="16" t="s">
         <v>667</v>
       </c>
       <c r="I235" s="16" t="s">
         <v>668</v>
       </c>
       <c r="J235" s="16" t="s">
         <v>823</v>
       </c>
       <c r="K235" s="48" t="s">
         <v>824</v>
       </c>
       <c r="L235" s="16" t="s">
         <v>825</v>
       </c>
       <c r="M235" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="236" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="236" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A236" s="18" t="s">
         <v>828</v>
       </c>
       <c r="B236" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C236" s="19">
         <v>6</v>
       </c>
       <c r="D236" s="36" t="s">
         <v>829</v>
       </c>
       <c r="E236" s="46">
         <v>41151</v>
       </c>
       <c r="F236" s="47">
         <v>46995</v>
       </c>
       <c r="G236" s="9" t="s">
         <v>830</v>
       </c>
       <c r="H236" s="9" t="s">
         <v>831</v>
       </c>
       <c r="I236" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J236" s="9" t="s">
         <v>832</v>
       </c>
       <c r="K236" s="26" t="s">
         <v>833</v>
       </c>
       <c r="L236" s="9" t="s">
         <v>834</v>
       </c>
       <c r="M236" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="237" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="237" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A237" s="18" t="s">
         <v>835</v>
       </c>
       <c r="B237" s="18" t="s">
         <v>2381</v>
       </c>
       <c r="C237" s="29">
         <v>2</v>
       </c>
       <c r="D237" s="9" t="s">
         <v>836</v>
       </c>
       <c r="E237" s="46">
         <v>41151</v>
       </c>
       <c r="F237" s="47">
         <v>46995</v>
       </c>
       <c r="G237" s="9" t="s">
         <v>830</v>
       </c>
       <c r="H237" s="9" t="s">
         <v>831</v>
       </c>
       <c r="I237" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J237" s="9" t="s">
         <v>832</v>
       </c>
       <c r="K237" s="26" t="s">
         <v>833</v>
       </c>
       <c r="L237" s="9" t="s">
         <v>834</v>
       </c>
       <c r="M237" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="238" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="238" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A238" s="18" t="s">
         <v>837</v>
       </c>
       <c r="B238" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C238" s="19">
         <v>6</v>
       </c>
       <c r="D238" s="9" t="s">
         <v>838</v>
       </c>
       <c r="E238" s="46">
         <v>41151</v>
       </c>
       <c r="F238" s="47">
         <v>46995</v>
       </c>
       <c r="G238" s="9" t="s">
         <v>830</v>
       </c>
       <c r="H238" s="9" t="s">
         <v>831</v>
       </c>
       <c r="I238" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J238" s="9" t="s">
         <v>832</v>
       </c>
       <c r="K238" s="26" t="s">
         <v>833</v>
       </c>
       <c r="L238" s="9" t="s">
         <v>834</v>
       </c>
       <c r="M238" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="239" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="239" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A239" s="11" t="s">
         <v>839</v>
       </c>
       <c r="B239" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C239" s="24">
         <v>3</v>
       </c>
       <c r="D239" s="16" t="s">
         <v>840</v>
       </c>
       <c r="E239" s="44">
         <v>41151</v>
       </c>
       <c r="F239" s="45">
         <v>42612</v>
       </c>
       <c r="G239" s="16" t="s">
         <v>841</v>
       </c>
       <c r="H239" s="16" t="s">
         <v>842</v>
       </c>
       <c r="I239" s="16" t="s">
         <v>843</v>
       </c>
       <c r="J239" s="16" t="s">
         <v>844</v>
       </c>
       <c r="K239" s="16" t="s">
         <v>845</v>
       </c>
       <c r="L239" s="16" t="s">
         <v>846</v>
       </c>
       <c r="M239" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="240" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="240" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A240" s="11" t="s">
         <v>847</v>
       </c>
       <c r="B240" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C240" s="24">
         <v>6</v>
       </c>
       <c r="D240" s="16" t="s">
         <v>848</v>
       </c>
       <c r="E240" s="44">
         <v>41151</v>
       </c>
       <c r="F240" s="45">
         <v>42612</v>
       </c>
       <c r="G240" s="16" t="s">
         <v>841</v>
       </c>
       <c r="H240" s="16" t="s">
         <v>842</v>
       </c>
       <c r="I240" s="16" t="s">
         <v>843</v>
       </c>
       <c r="J240" s="16" t="s">
         <v>844</v>
       </c>
       <c r="K240" s="16" t="s">
         <v>845</v>
       </c>
       <c r="L240" s="16" t="s">
         <v>846</v>
       </c>
       <c r="M240" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="241" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="241" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A241" s="11" t="s">
         <v>849</v>
       </c>
       <c r="B241" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C241" s="24">
         <v>3</v>
       </c>
       <c r="D241" s="16" t="s">
         <v>850</v>
       </c>
       <c r="E241" s="44">
         <v>41151</v>
       </c>
       <c r="F241" s="45">
         <v>42612</v>
       </c>
       <c r="G241" s="16" t="s">
         <v>841</v>
       </c>
       <c r="H241" s="16" t="s">
         <v>842</v>
       </c>
       <c r="I241" s="16" t="s">
         <v>843</v>
       </c>
       <c r="J241" s="16" t="s">
         <v>844</v>
       </c>
       <c r="K241" s="16" t="s">
         <v>845</v>
       </c>
       <c r="L241" s="16" t="s">
         <v>846</v>
       </c>
       <c r="M241" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="242" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="242" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A242" s="18" t="s">
         <v>851</v>
       </c>
       <c r="B242" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C242" s="19">
         <v>4</v>
       </c>
       <c r="D242" s="9" t="s">
         <v>852</v>
       </c>
       <c r="E242" s="46">
         <v>41207</v>
       </c>
       <c r="F242" s="47">
         <v>47416</v>
       </c>
       <c r="G242" s="9" t="s">
         <v>853</v>
       </c>
       <c r="H242" s="9" t="s">
         <v>854</v>
       </c>
       <c r="I242" s="9" t="s">
         <v>855</v>
       </c>
       <c r="J242" s="9" t="s">
         <v>856</v>
       </c>
       <c r="K242" s="9" t="s">
         <v>857</v>
       </c>
       <c r="L242" s="58" t="s">
         <v>858</v>
       </c>
       <c r="M242" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="243" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="243" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A243" s="18" t="s">
         <v>859</v>
       </c>
       <c r="B243" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C243" s="19">
         <v>8</v>
       </c>
       <c r="D243" s="9" t="s">
         <v>860</v>
       </c>
       <c r="E243" s="46">
         <v>41207</v>
       </c>
       <c r="F243" s="47">
         <v>45955</v>
       </c>
       <c r="G243" s="9" t="s">
         <v>861</v>
       </c>
       <c r="H243" s="9" t="s">
         <v>854</v>
       </c>
       <c r="I243" s="9" t="s">
         <v>862</v>
       </c>
       <c r="J243" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K243" s="9" t="s">
         <v>857</v>
       </c>
       <c r="L243" s="58" t="s">
         <v>864</v>
       </c>
       <c r="M243" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="244" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="244" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A244" s="11" t="s">
         <v>865</v>
       </c>
       <c r="B244" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C244" s="24">
         <v>1</v>
       </c>
       <c r="D244" s="16" t="s">
         <v>866</v>
       </c>
       <c r="E244" s="51">
         <v>41207</v>
       </c>
       <c r="F244" s="50">
         <v>42668</v>
       </c>
       <c r="G244" s="16" t="s">
         <v>867</v>
       </c>
       <c r="H244" s="16" t="s">
         <v>868</v>
       </c>
       <c r="I244" s="16" t="s">
         <v>869</v>
       </c>
       <c r="J244" s="16" t="s">
         <v>870</v>
       </c>
       <c r="K244" s="16" t="s">
         <v>871</v>
       </c>
       <c r="L244" s="16" t="s">
         <v>872</v>
       </c>
       <c r="M244" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="245" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="245" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A245" s="18" t="s">
         <v>873</v>
       </c>
       <c r="B245" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C245" s="19">
         <v>6</v>
       </c>
       <c r="D245" s="9" t="s">
         <v>874</v>
       </c>
       <c r="E245" s="46">
         <v>41256</v>
       </c>
       <c r="F245" s="47">
         <v>46004</v>
       </c>
       <c r="G245" s="9" t="s">
         <v>125</v>
       </c>
       <c r="H245" s="9" t="s">
         <v>126</v>
       </c>
       <c r="I245" s="20" t="s">
         <v>127</v>
       </c>
       <c r="J245" s="9" t="s">
         <v>128</v>
       </c>
       <c r="K245" s="9" t="s">
         <v>129</v>
       </c>
       <c r="L245" s="20" t="s">
         <v>875</v>
       </c>
       <c r="M245" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="246" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="246" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A246" s="18" t="s">
         <v>876</v>
       </c>
       <c r="B246" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C246" s="19">
         <v>8</v>
       </c>
       <c r="D246" s="9" t="s">
         <v>877</v>
       </c>
       <c r="E246" s="46">
         <v>41256</v>
       </c>
       <c r="F246" s="47">
         <v>46004</v>
       </c>
       <c r="G246" s="9" t="s">
         <v>125</v>
       </c>
       <c r="H246" s="9" t="s">
         <v>126</v>
       </c>
       <c r="I246" s="9" t="s">
         <v>127</v>
       </c>
       <c r="J246" s="9" t="s">
         <v>878</v>
       </c>
       <c r="K246" s="26" t="s">
         <v>129</v>
       </c>
       <c r="L246" s="9" t="s">
         <v>879</v>
       </c>
       <c r="M246" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="247" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="247" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A247" s="11" t="s">
         <v>880</v>
       </c>
       <c r="B247" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C247" s="24">
         <v>12</v>
       </c>
       <c r="D247" s="16" t="s">
         <v>881</v>
       </c>
       <c r="E247" s="51">
         <v>41256</v>
       </c>
       <c r="F247" s="50">
         <v>42717</v>
       </c>
       <c r="G247" s="16" t="s">
         <v>882</v>
       </c>
       <c r="H247" s="16" t="s">
         <v>883</v>
       </c>
       <c r="I247" s="16" t="s">
         <v>884</v>
       </c>
       <c r="J247" s="16" t="s">
         <v>885</v>
       </c>
       <c r="K247" s="48" t="s">
         <v>886</v>
       </c>
       <c r="L247" s="16" t="s">
         <v>887</v>
       </c>
       <c r="M247" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="248" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="248" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A248" s="11" t="s">
         <v>888</v>
       </c>
       <c r="B248" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C248" s="24">
         <v>1</v>
       </c>
       <c r="D248" s="16" t="s">
         <v>889</v>
       </c>
       <c r="E248" s="51">
         <v>41256</v>
       </c>
       <c r="F248" s="50">
         <v>42717</v>
       </c>
       <c r="G248" s="16" t="s">
         <v>867</v>
       </c>
       <c r="H248" s="16" t="s">
         <v>868</v>
       </c>
       <c r="I248" s="16" t="s">
         <v>890</v>
       </c>
       <c r="J248" s="16" t="s">
         <v>870</v>
       </c>
       <c r="K248" s="48" t="s">
         <v>871</v>
       </c>
       <c r="L248" s="16" t="s">
         <v>891</v>
       </c>
       <c r="M248" s="17" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="249" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="249" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A249" s="11" t="s">
         <v>892</v>
       </c>
       <c r="B249" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C249" s="24">
         <v>1</v>
       </c>
       <c r="D249" s="16" t="s">
         <v>893</v>
       </c>
       <c r="E249" s="51">
         <v>41256</v>
       </c>
       <c r="F249" s="50">
         <v>42717</v>
       </c>
       <c r="G249" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H249" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I249" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J249" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K249" s="48" t="s">
         <v>895</v>
       </c>
       <c r="L249" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M249" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="250" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="250" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A250" s="11" t="s">
         <v>896</v>
       </c>
       <c r="B250" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C250" s="12">
         <v>2</v>
       </c>
       <c r="D250" s="16" t="s">
         <v>897</v>
       </c>
       <c r="E250" s="51">
         <v>41256</v>
       </c>
       <c r="F250" s="50">
         <v>42717</v>
       </c>
       <c r="G250" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H250" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I250" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J250" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K250" s="48" t="s">
         <v>895</v>
       </c>
       <c r="L250" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M250" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="251" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="251" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A251" s="11" t="s">
         <v>898</v>
       </c>
       <c r="B251" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C251" s="12">
         <v>2</v>
       </c>
       <c r="D251" s="16" t="s">
         <v>899</v>
       </c>
       <c r="E251" s="51">
         <v>41256</v>
       </c>
       <c r="F251" s="50">
         <v>42717</v>
       </c>
       <c r="G251" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H251" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I251" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J251" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K251" s="48" t="s">
         <v>895</v>
       </c>
       <c r="L251" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M251" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="252" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="252" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A252" s="11" t="s">
         <v>900</v>
       </c>
       <c r="B252" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C252" s="24">
         <v>1</v>
       </c>
       <c r="D252" s="16" t="s">
         <v>901</v>
       </c>
       <c r="E252" s="51">
         <v>41256</v>
       </c>
       <c r="F252" s="50">
         <v>42717</v>
       </c>
       <c r="G252" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H252" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I252" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J252" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K252" s="48" t="s">
         <v>895</v>
       </c>
       <c r="L252" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M252" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="253" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="253" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A253" s="11" t="s">
         <v>902</v>
       </c>
       <c r="B253" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C253" s="12">
         <v>2</v>
       </c>
       <c r="D253" s="16" t="s">
         <v>903</v>
       </c>
       <c r="E253" s="44">
         <v>41256</v>
       </c>
       <c r="F253" s="45">
         <v>44178</v>
       </c>
       <c r="G253" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H253" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I253" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J253" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K253" s="48" t="s">
         <v>895</v>
       </c>
       <c r="L253" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M253" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="254" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="254" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A254" s="11" t="s">
         <v>904</v>
       </c>
       <c r="B254" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C254" s="12">
         <v>2</v>
       </c>
       <c r="D254" s="16" t="s">
         <v>905</v>
       </c>
       <c r="E254" s="44">
         <v>41256</v>
       </c>
       <c r="F254" s="45">
         <v>44178</v>
       </c>
       <c r="G254" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H254" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I254" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J254" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K254" s="48" t="s">
         <v>895</v>
       </c>
       <c r="L254" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M254" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="255" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="255" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A255" s="11" t="s">
         <v>906</v>
       </c>
       <c r="B255" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C255" s="12">
         <v>2</v>
       </c>
       <c r="D255" s="16" t="s">
         <v>907</v>
       </c>
       <c r="E255" s="44">
         <v>41256</v>
       </c>
       <c r="F255" s="45">
         <v>44178</v>
       </c>
       <c r="G255" s="13" t="s">
         <v>323</v>
       </c>
       <c r="H255" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I255" s="16" t="s">
         <v>325</v>
       </c>
       <c r="J255" s="16" t="s">
         <v>326</v>
       </c>
       <c r="K255" s="48" t="s">
         <v>895</v>
       </c>
       <c r="L255" s="13" t="s">
         <v>327</v>
       </c>
       <c r="M255" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="256" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="256" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A256" s="18" t="s">
         <v>908</v>
       </c>
       <c r="B256" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C256" s="19">
         <v>8</v>
       </c>
       <c r="D256" s="20" t="s">
         <v>909</v>
       </c>
       <c r="E256" s="21">
         <v>41326</v>
       </c>
       <c r="F256" s="59">
         <v>45709</v>
       </c>
       <c r="G256" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H256" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I256" s="9" t="s">
         <v>127</v>
       </c>
       <c r="J256" s="9" t="s">
         <v>128</v>
       </c>
       <c r="K256" s="26" t="s">
         <v>910</v>
       </c>
       <c r="L256" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M256" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="257" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="257" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A257" s="18" t="s">
         <v>911</v>
       </c>
       <c r="B257" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C257" s="19">
         <v>6</v>
       </c>
       <c r="D257" s="20" t="s">
         <v>912</v>
       </c>
       <c r="E257" s="21">
         <v>41326</v>
       </c>
       <c r="F257" s="59">
         <v>45709</v>
       </c>
       <c r="G257" s="20" t="s">
         <v>125</v>
       </c>
       <c r="H257" s="20" t="s">
         <v>126</v>
       </c>
       <c r="I257" s="9" t="s">
         <v>127</v>
       </c>
       <c r="J257" s="9" t="s">
         <v>128</v>
       </c>
       <c r="K257" s="26" t="s">
         <v>910</v>
       </c>
       <c r="L257" s="20" t="s">
         <v>130</v>
       </c>
       <c r="M257" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="258" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="258" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A258" s="11" t="s">
         <v>913</v>
       </c>
       <c r="B258" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C258" s="24">
         <v>8</v>
       </c>
       <c r="D258" s="13" t="s">
         <v>914</v>
       </c>
       <c r="E258" s="60">
         <v>41326</v>
       </c>
       <c r="F258" s="15">
         <v>42787</v>
       </c>
       <c r="G258" s="13" t="s">
         <v>125</v>
       </c>
       <c r="H258" s="13" t="s">
         <v>126</v>
       </c>
       <c r="I258" s="16" t="s">
         <v>127</v>
       </c>
       <c r="J258" s="16" t="s">
         <v>128</v>
       </c>
       <c r="K258" s="48" t="s">
         <v>910</v>
       </c>
       <c r="L258" s="13" t="s">
         <v>130</v>
       </c>
       <c r="M258" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="259" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="259" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A259" s="11" t="s">
         <v>915</v>
       </c>
       <c r="B259" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C259" s="24">
         <v>6</v>
       </c>
       <c r="D259" s="13" t="s">
         <v>916</v>
       </c>
       <c r="E259" s="60">
         <v>41326</v>
       </c>
       <c r="F259" s="15">
         <v>42787</v>
       </c>
       <c r="G259" s="13" t="s">
         <v>917</v>
       </c>
       <c r="H259" s="13" t="s">
         <v>918</v>
       </c>
       <c r="I259" s="16" t="s">
         <v>919</v>
       </c>
       <c r="J259" s="16" t="s">
         <v>920</v>
       </c>
       <c r="K259" s="48" t="s">
         <v>921</v>
       </c>
       <c r="L259" s="13" t="s">
         <v>922</v>
       </c>
       <c r="M259" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="260" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="260" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A260" s="11" t="s">
         <v>923</v>
       </c>
       <c r="B260" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C260" s="12">
         <v>2</v>
       </c>
       <c r="D260" s="16" t="s">
         <v>924</v>
       </c>
       <c r="E260" s="60">
         <v>41326</v>
       </c>
       <c r="F260" s="15">
         <v>42787</v>
       </c>
       <c r="G260" s="13" t="s">
         <v>925</v>
       </c>
       <c r="H260" s="16" t="s">
         <v>926</v>
       </c>
       <c r="I260" s="16" t="s">
         <v>927</v>
       </c>
       <c r="J260" s="16" t="s">
         <v>928</v>
       </c>
       <c r="K260" s="48" t="s">
         <v>929</v>
       </c>
       <c r="L260" s="13" t="s">
         <v>930</v>
       </c>
       <c r="M260" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="261" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="261" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A261" s="11" t="s">
         <v>931</v>
       </c>
       <c r="B261" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C261" s="24">
         <v>1</v>
       </c>
       <c r="D261" s="16" t="s">
         <v>932</v>
       </c>
       <c r="E261" s="60">
         <v>41326</v>
       </c>
       <c r="F261" s="15">
         <v>42787</v>
       </c>
       <c r="G261" s="16" t="s">
         <v>933</v>
       </c>
       <c r="H261" s="16" t="s">
         <v>934</v>
       </c>
       <c r="I261" s="16" t="s">
         <v>935</v>
       </c>
       <c r="J261" s="16" t="s">
         <v>936</v>
       </c>
       <c r="K261" s="48" t="s">
         <v>937</v>
       </c>
       <c r="L261" s="16" t="s">
         <v>938</v>
       </c>
       <c r="M261" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="262" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="262" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A262" s="11" t="s">
         <v>939</v>
       </c>
       <c r="B262" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C262" s="12">
         <v>2</v>
       </c>
       <c r="D262" s="16" t="s">
         <v>940</v>
       </c>
       <c r="E262" s="60">
         <v>41326</v>
       </c>
       <c r="F262" s="15">
         <v>42787</v>
       </c>
       <c r="G262" s="16" t="s">
         <v>941</v>
       </c>
       <c r="H262" s="16" t="s">
         <v>942</v>
       </c>
       <c r="I262" s="16" t="s">
         <v>943</v>
       </c>
       <c r="J262" s="16" t="s">
         <v>944</v>
       </c>
       <c r="K262" s="48" t="s">
         <v>945</v>
       </c>
       <c r="L262" s="16" t="s">
         <v>946</v>
       </c>
       <c r="M262" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="263" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="263" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A263" s="11" t="s">
         <v>947</v>
       </c>
       <c r="B263" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C263" s="24">
         <v>6</v>
       </c>
       <c r="D263" s="16" t="s">
         <v>36</v>
       </c>
       <c r="E263" s="51">
         <v>41382</v>
       </c>
       <c r="F263" s="50">
         <v>42843</v>
       </c>
       <c r="G263" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H263" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I263" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J263" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K263" s="48" t="s">
         <v>31</v>
       </c>
       <c r="L263" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M263" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="264" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="264" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A264" s="11" t="s">
         <v>948</v>
       </c>
       <c r="B264" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C264" s="24">
         <v>6</v>
       </c>
       <c r="D264" s="16" t="s">
         <v>26</v>
       </c>
       <c r="E264" s="51">
         <v>41382</v>
       </c>
       <c r="F264" s="50">
         <v>42843</v>
       </c>
       <c r="G264" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H264" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I264" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J264" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K264" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L264" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M264" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="265" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="265" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A265" s="11" t="s">
         <v>949</v>
       </c>
       <c r="B265" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C265" s="24">
         <v>6</v>
       </c>
       <c r="D265" s="16" t="s">
         <v>950</v>
       </c>
       <c r="E265" s="51">
         <v>41382</v>
       </c>
       <c r="F265" s="50">
         <v>42843</v>
       </c>
       <c r="G265" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H265" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I265" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J265" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K265" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L265" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M265" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="266" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="266" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A266" s="11" t="s">
         <v>951</v>
       </c>
       <c r="B266" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C266" s="24">
         <v>6</v>
       </c>
       <c r="D266" s="16" t="s">
         <v>51</v>
       </c>
       <c r="E266" s="51">
         <v>41382</v>
       </c>
       <c r="F266" s="50">
         <v>42843</v>
       </c>
       <c r="G266" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H266" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I266" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J266" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K266" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L266" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M266" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="267" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="267" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A267" s="11" t="s">
         <v>952</v>
       </c>
       <c r="B267" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C267" s="24">
         <v>6</v>
       </c>
       <c r="D267" s="16" t="s">
         <v>49</v>
       </c>
       <c r="E267" s="51">
         <v>41382</v>
       </c>
       <c r="F267" s="50">
         <v>42843</v>
       </c>
       <c r="G267" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H267" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I267" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J267" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K267" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L267" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M267" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="268" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="268" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A268" s="11" t="s">
         <v>953</v>
       </c>
       <c r="B268" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C268" s="24">
         <v>6</v>
       </c>
       <c r="D268" s="16" t="s">
         <v>45</v>
       </c>
       <c r="E268" s="51">
         <v>41382</v>
       </c>
       <c r="F268" s="50">
         <v>42843</v>
       </c>
       <c r="G268" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H268" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I268" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J268" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K268" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L268" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M268" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="269" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="269" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A269" s="11" t="s">
         <v>954</v>
       </c>
       <c r="B269" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C269" s="24">
         <v>6</v>
       </c>
       <c r="D269" s="16" t="s">
         <v>41</v>
       </c>
       <c r="E269" s="51">
         <v>41382</v>
       </c>
       <c r="F269" s="50">
         <v>42843</v>
       </c>
       <c r="G269" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H269" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I269" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J269" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K269" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L269" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M269" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="270" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="270" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A270" s="11" t="s">
         <v>955</v>
       </c>
       <c r="B270" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C270" s="24">
         <v>6</v>
       </c>
       <c r="D270" s="16" t="s">
         <v>956</v>
       </c>
       <c r="E270" s="51">
         <v>41382</v>
       </c>
       <c r="F270" s="50">
         <v>42843</v>
       </c>
       <c r="G270" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H270" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I270" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J270" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K270" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L270" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M270" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="271" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="271" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A271" s="11" t="s">
         <v>957</v>
       </c>
       <c r="B271" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C271" s="24">
         <v>6</v>
       </c>
       <c r="D271" s="16" t="s">
         <v>958</v>
       </c>
       <c r="E271" s="51">
         <v>41382</v>
       </c>
       <c r="F271" s="50">
         <v>42843</v>
       </c>
       <c r="G271" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H271" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I271" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J271" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K271" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L271" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M271" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="272" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="272" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A272" s="11" t="s">
         <v>959</v>
       </c>
       <c r="B272" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C272" s="24">
         <v>6</v>
       </c>
       <c r="D272" s="16" t="s">
         <v>958</v>
       </c>
       <c r="E272" s="51">
         <v>41382</v>
       </c>
       <c r="F272" s="50">
         <v>42843</v>
       </c>
       <c r="G272" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H272" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I272" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J272" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K272" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L272" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M272" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="273" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="273" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A273" s="11" t="s">
         <v>960</v>
       </c>
       <c r="B273" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C273" s="24">
         <v>6</v>
       </c>
       <c r="D273" s="16" t="s">
         <v>543</v>
       </c>
       <c r="E273" s="51">
         <v>41382</v>
       </c>
       <c r="F273" s="50">
         <v>42843</v>
       </c>
       <c r="G273" s="16" t="s">
         <v>37</v>
       </c>
       <c r="H273" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I273" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J273" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K273" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L273" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M273" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="274" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="274" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A274" s="11" t="s">
         <v>961</v>
       </c>
       <c r="B274" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C274" s="24">
         <v>8</v>
       </c>
       <c r="D274" s="16" t="s">
         <v>962</v>
       </c>
       <c r="E274" s="51">
         <v>41382</v>
       </c>
       <c r="F274" s="50">
         <v>44304</v>
       </c>
       <c r="G274" s="16" t="s">
         <v>963</v>
       </c>
       <c r="H274" s="16" t="s">
         <v>964</v>
       </c>
       <c r="I274" s="16" t="s">
         <v>965</v>
       </c>
       <c r="J274" s="16" t="s">
         <v>966</v>
       </c>
       <c r="K274" s="48" t="s">
         <v>967</v>
       </c>
       <c r="L274" s="16" t="s">
         <v>968</v>
       </c>
       <c r="M274" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="275" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="275" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A275" s="11" t="s">
         <v>969</v>
       </c>
       <c r="B275" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C275" s="24">
         <v>6</v>
       </c>
       <c r="D275" s="16" t="s">
         <v>970</v>
       </c>
       <c r="E275" s="51">
         <v>41382</v>
       </c>
       <c r="F275" s="50">
         <v>42843</v>
       </c>
       <c r="G275" s="16" t="s">
         <v>971</v>
       </c>
       <c r="H275" s="16" t="s">
         <v>972</v>
       </c>
       <c r="I275" s="16" t="s">
         <v>973</v>
       </c>
       <c r="J275" s="16" t="s">
         <v>974</v>
       </c>
       <c r="K275" s="48" t="s">
         <v>975</v>
       </c>
       <c r="L275" s="16" t="s">
         <v>976</v>
       </c>
       <c r="M275" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="276" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="276" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A276" s="11" t="s">
         <v>977</v>
       </c>
       <c r="B276" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C276" s="12">
         <v>2</v>
       </c>
       <c r="D276" s="16" t="s">
         <v>978</v>
       </c>
       <c r="E276" s="51">
         <v>41382</v>
       </c>
       <c r="F276" s="50">
         <v>42843</v>
       </c>
       <c r="G276" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H276" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I276" s="16" t="s">
         <v>981</v>
       </c>
       <c r="J276" s="16" t="s">
         <v>982</v>
       </c>
       <c r="K276" s="48" t="s">
         <v>983</v>
       </c>
       <c r="L276" s="16" t="s">
         <v>984</v>
       </c>
       <c r="M276" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="277" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="277" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A277" s="11" t="s">
         <v>985</v>
       </c>
       <c r="B277" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C277" s="24">
         <v>4</v>
       </c>
       <c r="D277" s="16" t="s">
         <v>986</v>
       </c>
       <c r="E277" s="51">
         <v>41382</v>
       </c>
       <c r="F277" s="50">
         <v>42843</v>
       </c>
       <c r="G277" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H277" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I277" s="16" t="s">
         <v>981</v>
       </c>
       <c r="J277" s="16" t="s">
         <v>987</v>
       </c>
       <c r="K277" s="48" t="s">
         <v>983</v>
       </c>
       <c r="L277" s="16" t="s">
         <v>984</v>
       </c>
       <c r="M277" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="278" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="278" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A278" s="11" t="s">
         <v>988</v>
       </c>
       <c r="B278" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C278" s="24">
         <v>4</v>
       </c>
       <c r="D278" s="16" t="s">
         <v>989</v>
       </c>
       <c r="E278" s="51">
         <v>41382</v>
       </c>
       <c r="F278" s="50">
         <v>42843</v>
       </c>
       <c r="G278" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H278" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I278" s="16" t="s">
         <v>981</v>
       </c>
       <c r="J278" s="16" t="s">
         <v>987</v>
       </c>
       <c r="K278" s="48" t="s">
         <v>983</v>
       </c>
       <c r="L278" s="16" t="s">
         <v>984</v>
       </c>
       <c r="M278" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="279" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="279" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A279" s="11" t="s">
         <v>990</v>
       </c>
       <c r="B279" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C279" s="12">
         <v>2</v>
       </c>
       <c r="D279" s="16" t="s">
         <v>991</v>
       </c>
       <c r="E279" s="51">
         <v>41382</v>
       </c>
       <c r="F279" s="50">
         <v>42843</v>
       </c>
       <c r="G279" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H279" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I279" s="16" t="s">
         <v>981</v>
       </c>
       <c r="J279" s="16" t="s">
         <v>987</v>
       </c>
       <c r="K279" s="48" t="s">
         <v>983</v>
       </c>
       <c r="L279" s="16" t="s">
         <v>984</v>
       </c>
       <c r="M279" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="280" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="280" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A280" s="11" t="s">
         <v>992</v>
       </c>
       <c r="B280" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C280" s="12">
         <v>2</v>
       </c>
       <c r="D280" s="16" t="s">
         <v>993</v>
       </c>
       <c r="E280" s="51">
         <v>41382</v>
       </c>
       <c r="F280" s="50">
         <v>42843</v>
       </c>
       <c r="G280" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H280" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I280" s="16" t="s">
         <v>981</v>
       </c>
       <c r="J280" s="16" t="s">
         <v>987</v>
       </c>
       <c r="K280" s="48" t="s">
         <v>983</v>
       </c>
       <c r="L280" s="16" t="s">
         <v>984</v>
       </c>
       <c r="M280" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="281" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="281" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A281" s="11" t="s">
         <v>994</v>
       </c>
       <c r="B281" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C281" s="12">
         <v>2</v>
       </c>
       <c r="D281" s="16" t="s">
         <v>995</v>
       </c>
       <c r="E281" s="51">
         <v>41382</v>
       </c>
       <c r="F281" s="50">
         <v>42843</v>
       </c>
       <c r="G281" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H281" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I281" s="16" t="s">
         <v>981</v>
       </c>
       <c r="J281" s="16" t="s">
         <v>987</v>
       </c>
       <c r="K281" s="48" t="s">
         <v>983</v>
       </c>
       <c r="L281" s="16" t="s">
         <v>984</v>
       </c>
       <c r="M281" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="282" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="282" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A282" s="11" t="s">
         <v>996</v>
       </c>
       <c r="B282" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C282" s="12">
         <v>2</v>
       </c>
       <c r="D282" s="16" t="s">
         <v>997</v>
       </c>
       <c r="E282" s="51">
         <v>41382</v>
       </c>
       <c r="F282" s="50">
         <v>42843</v>
       </c>
       <c r="G282" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H282" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I282" s="16" t="s">
         <v>981</v>
       </c>
       <c r="J282" s="16" t="s">
         <v>987</v>
       </c>
       <c r="K282" s="48" t="s">
         <v>983</v>
       </c>
       <c r="L282" s="16" t="s">
         <v>984</v>
       </c>
       <c r="M282" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="283" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="283" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A283" s="11" t="s">
         <v>998</v>
       </c>
       <c r="B283" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C283" s="12">
         <v>2</v>
       </c>
       <c r="D283" s="16" t="s">
         <v>999</v>
       </c>
       <c r="E283" s="51">
         <v>41382</v>
       </c>
       <c r="F283" s="50">
         <v>42843</v>
       </c>
       <c r="G283" s="16" t="s">
         <v>941</v>
       </c>
       <c r="H283" s="16" t="s">
         <v>942</v>
       </c>
       <c r="I283" s="16" t="s">
         <v>943</v>
       </c>
       <c r="J283" s="16" t="s">
         <v>944</v>
       </c>
       <c r="K283" s="48" t="s">
         <v>945</v>
       </c>
       <c r="L283" s="16" t="s">
         <v>1000</v>
       </c>
       <c r="M283" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="284" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="284" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A284" s="11" t="s">
         <v>1001</v>
       </c>
       <c r="B284" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C284" s="12">
         <v>2</v>
       </c>
       <c r="D284" s="16" t="s">
         <v>1002</v>
       </c>
       <c r="E284" s="51">
         <v>41382</v>
       </c>
       <c r="F284" s="50">
         <v>42843</v>
       </c>
       <c r="G284" s="16" t="s">
         <v>1003</v>
       </c>
       <c r="H284" s="16" t="s">
         <v>1004</v>
       </c>
       <c r="I284" s="16" t="s">
         <v>1005</v>
       </c>
       <c r="J284" s="16" t="s">
         <v>1006</v>
       </c>
       <c r="K284" s="48" t="s">
         <v>1007</v>
       </c>
       <c r="L284" s="16" t="s">
         <v>1008</v>
       </c>
       <c r="M284" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="285" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="285" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A285" s="11" t="s">
         <v>1009</v>
       </c>
       <c r="B285" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C285" s="24">
         <v>8</v>
       </c>
       <c r="D285" s="16" t="s">
         <v>1010</v>
       </c>
       <c r="E285" s="51">
         <v>41445</v>
       </c>
       <c r="F285" s="50">
         <v>42906</v>
       </c>
       <c r="G285" s="16" t="s">
         <v>1011</v>
       </c>
       <c r="H285" s="16" t="s">
         <v>1012</v>
       </c>
       <c r="I285" s="16" t="s">
         <v>1013</v>
       </c>
       <c r="J285" s="16" t="s">
         <v>1014</v>
       </c>
       <c r="K285" s="48" t="s">
         <v>1015</v>
       </c>
       <c r="L285" s="16" t="s">
         <v>1016</v>
       </c>
       <c r="M285" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="286" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="286" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A286" s="11" t="s">
         <v>1017</v>
       </c>
       <c r="B286" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C286" s="24">
         <v>12</v>
       </c>
       <c r="D286" s="16" t="s">
         <v>1018</v>
       </c>
       <c r="E286" s="51">
         <v>41445</v>
       </c>
       <c r="F286" s="50">
         <v>42906</v>
       </c>
       <c r="G286" s="16" t="s">
         <v>1019</v>
       </c>
       <c r="H286" s="16" t="s">
         <v>1020</v>
       </c>
       <c r="I286" s="16" t="s">
         <v>1021</v>
       </c>
       <c r="J286" s="16" t="s">
         <v>576</v>
       </c>
       <c r="K286" s="48" t="s">
         <v>1022</v>
       </c>
       <c r="L286" s="16" t="s">
         <v>1023</v>
       </c>
       <c r="M286" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="287" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="287" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A287" s="18" t="s">
         <v>1024</v>
       </c>
       <c r="B287" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C287" s="19">
         <v>6</v>
       </c>
       <c r="D287" s="9" t="s">
         <v>1025</v>
       </c>
       <c r="E287" s="52">
         <v>41445</v>
       </c>
       <c r="F287" s="53">
         <v>47289</v>
       </c>
       <c r="G287" s="9" t="s">
         <v>1026</v>
       </c>
       <c r="H287" s="9" t="s">
         <v>1027</v>
       </c>
       <c r="I287" s="9" t="s">
         <v>1028</v>
       </c>
       <c r="J287" s="9" t="s">
         <v>1029</v>
       </c>
       <c r="K287" s="61" t="s">
         <v>1030</v>
       </c>
       <c r="L287" s="9" t="s">
         <v>1031</v>
       </c>
       <c r="M287" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="288" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="288" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A288" s="11" t="s">
         <v>1032</v>
       </c>
       <c r="B288" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C288" s="24">
         <v>4</v>
       </c>
       <c r="D288" s="16" t="s">
         <v>1033</v>
       </c>
       <c r="E288" s="51">
         <v>41445</v>
       </c>
       <c r="F288" s="50">
         <v>42906</v>
       </c>
       <c r="G288" s="16" t="s">
         <v>853</v>
       </c>
       <c r="H288" s="16" t="s">
         <v>854</v>
       </c>
       <c r="I288" s="16" t="s">
         <v>855</v>
       </c>
       <c r="J288" s="16" t="s">
         <v>1034</v>
       </c>
       <c r="K288" s="48" t="s">
         <v>857</v>
       </c>
       <c r="L288" s="62" t="s">
         <v>858</v>
       </c>
       <c r="M288" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="289" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="289" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A289" s="18" t="s">
         <v>1035</v>
       </c>
       <c r="B289" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C289" s="29">
         <v>2</v>
       </c>
       <c r="D289" s="9" t="s">
         <v>1036</v>
       </c>
       <c r="E289" s="52">
         <v>41445</v>
       </c>
       <c r="F289" s="53">
         <v>47289</v>
       </c>
       <c r="G289" s="9" t="s">
         <v>1037</v>
       </c>
       <c r="H289" s="9" t="s">
         <v>854</v>
       </c>
       <c r="I289" s="9" t="s">
         <v>862</v>
       </c>
       <c r="J289" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K289" s="26" t="s">
         <v>857</v>
       </c>
       <c r="L289" s="58" t="s">
         <v>858</v>
       </c>
       <c r="M289" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="290" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="290" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A290" s="11" t="s">
         <v>1038</v>
       </c>
       <c r="B290" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C290" s="12">
         <v>2</v>
       </c>
       <c r="D290" s="16" t="s">
         <v>1039</v>
       </c>
       <c r="E290" s="51">
         <v>41445</v>
       </c>
       <c r="F290" s="50">
         <v>42906</v>
       </c>
       <c r="G290" s="16" t="s">
         <v>1040</v>
       </c>
       <c r="H290" s="16" t="s">
         <v>1041</v>
       </c>
       <c r="I290" s="16" t="s">
         <v>1042</v>
       </c>
       <c r="J290" s="16" t="s">
         <v>1034</v>
       </c>
       <c r="K290" s="48" t="s">
         <v>1043</v>
       </c>
       <c r="L290" s="16" t="s">
         <v>1044</v>
       </c>
       <c r="M290" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="291" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="291" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A291" s="11" t="s">
         <v>1045</v>
       </c>
       <c r="B291" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C291" s="12">
         <v>2</v>
       </c>
       <c r="D291" s="16" t="s">
         <v>1046</v>
       </c>
       <c r="E291" s="51">
         <v>41445</v>
       </c>
       <c r="F291" s="50">
         <v>42906</v>
       </c>
       <c r="G291" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H291" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I291" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J291" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K291" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L291" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M291" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="292" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="292" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A292" s="11" t="s">
         <v>1047</v>
       </c>
       <c r="B292" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C292" s="24">
         <v>4</v>
       </c>
       <c r="D292" s="16" t="s">
         <v>1046</v>
       </c>
       <c r="E292" s="51">
         <v>41445</v>
       </c>
       <c r="F292" s="50">
         <v>42906</v>
       </c>
       <c r="G292" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H292" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I292" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J292" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K292" s="16" t="s">
         <v>31</v>
       </c>
       <c r="L292" s="13" t="s">
         <v>32</v>
       </c>
       <c r="M292" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="293" spans="1:13" s="16" customFormat="1" ht="15.9" customHeight="1">
+    <row r="293" spans="1:13" s="16" customFormat="1" ht="16" customHeight="1">
       <c r="A293" s="18" t="s">
         <v>1048</v>
       </c>
       <c r="B293" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C293" s="19">
         <v>4</v>
       </c>
       <c r="D293" s="36" t="s">
         <v>1049</v>
       </c>
       <c r="E293" s="52">
         <v>41445</v>
       </c>
       <c r="F293" s="53">
         <v>46558</v>
       </c>
       <c r="G293" s="36" t="s">
         <v>1050</v>
       </c>
       <c r="H293" s="36" t="s">
         <v>1051</v>
       </c>
       <c r="I293" s="36" t="s">
         <v>2349</v>
       </c>
       <c r="J293" s="36" t="s">
         <v>1052</v>
       </c>
       <c r="K293" s="33" t="s">
         <v>2350</v>
       </c>
       <c r="L293" s="36" t="s">
         <v>1053</v>
       </c>
       <c r="M293" s="54" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="294" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="294" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A294" s="11" t="s">
         <v>1054</v>
       </c>
       <c r="B294" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C294" s="24">
         <v>12</v>
       </c>
       <c r="D294" s="16" t="s">
         <v>1055</v>
       </c>
       <c r="E294" s="51">
         <v>41445</v>
       </c>
       <c r="F294" s="50">
         <v>44367</v>
       </c>
       <c r="G294" s="16" t="s">
         <v>1056</v>
       </c>
       <c r="H294" s="16" t="s">
         <v>1057</v>
       </c>
       <c r="I294" s="16" t="s">
         <v>1058</v>
       </c>
       <c r="J294" s="16" t="s">
         <v>567</v>
       </c>
       <c r="K294" s="48" t="s">
         <v>1059</v>
       </c>
       <c r="L294" s="16" t="s">
         <v>1060</v>
       </c>
       <c r="M294" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="295" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="295" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A295" s="11" t="s">
         <v>1061</v>
       </c>
       <c r="B295" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C295" s="24">
         <v>12</v>
       </c>
       <c r="D295" s="16" t="s">
         <v>1062</v>
       </c>
       <c r="E295" s="51">
         <v>41445</v>
       </c>
       <c r="F295" s="50">
         <v>44367</v>
       </c>
       <c r="G295" s="16" t="s">
         <v>1056</v>
       </c>
       <c r="H295" s="16" t="s">
         <v>1057</v>
       </c>
       <c r="I295" s="16" t="s">
         <v>1058</v>
       </c>
       <c r="J295" s="16" t="s">
         <v>567</v>
       </c>
       <c r="K295" s="48" t="s">
         <v>1059</v>
       </c>
       <c r="L295" s="16" t="s">
         <v>1060</v>
       </c>
       <c r="M295" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="296" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="296" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A296" s="11" t="s">
         <v>1063</v>
       </c>
       <c r="B296" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C296" s="24">
         <v>12</v>
       </c>
       <c r="D296" s="16" t="s">
         <v>1064</v>
       </c>
       <c r="E296" s="51">
         <v>41445</v>
       </c>
       <c r="F296" s="50">
         <v>42906</v>
       </c>
       <c r="G296" s="16" t="s">
         <v>1065</v>
       </c>
       <c r="H296" s="16" t="s">
         <v>1065</v>
       </c>
       <c r="I296" s="16"/>
       <c r="J296" s="16"/>
       <c r="K296" s="48" t="s">
         <v>1066</v>
       </c>
       <c r="L296" s="16" t="s">
         <v>1067</v>
       </c>
       <c r="M296" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="297" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="297" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A297" s="11" t="s">
         <v>1068</v>
       </c>
       <c r="B297" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C297" s="24">
         <v>7</v>
       </c>
       <c r="D297" s="16" t="s">
         <v>1069</v>
       </c>
       <c r="E297" s="51">
         <v>41508</v>
       </c>
       <c r="F297" s="50">
         <v>42969</v>
       </c>
       <c r="G297" s="16" t="s">
         <v>152</v>
       </c>
       <c r="H297" s="16" t="s">
         <v>1070</v>
       </c>
       <c r="I297" s="13" t="s">
         <v>480</v>
       </c>
       <c r="J297" s="13" t="s">
         <v>481</v>
       </c>
       <c r="K297" s="13" t="s">
         <v>156</v>
       </c>
       <c r="L297" s="13" t="s">
         <v>482</v>
       </c>
       <c r="M297" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="298" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="298" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A298" s="11" t="s">
         <v>1071</v>
       </c>
       <c r="B298" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C298" s="24">
         <v>6</v>
       </c>
       <c r="D298" s="16" t="s">
         <v>1072</v>
       </c>
       <c r="E298" s="51">
         <v>41571</v>
       </c>
       <c r="F298" s="50">
         <v>43032</v>
       </c>
       <c r="G298" s="16" t="s">
         <v>801</v>
       </c>
       <c r="H298" s="16" t="s">
         <v>801</v>
       </c>
       <c r="I298" s="16" t="s">
         <v>802</v>
       </c>
       <c r="J298" s="16" t="s">
         <v>803</v>
       </c>
       <c r="K298" s="48" t="s">
         <v>804</v>
       </c>
       <c r="L298" s="16" t="s">
         <v>805</v>
       </c>
       <c r="M298" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="299" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="299" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A299" s="11" t="s">
         <v>1073</v>
       </c>
       <c r="B299" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C299" s="24">
         <v>4</v>
       </c>
       <c r="D299" s="16" t="s">
         <v>1072</v>
       </c>
       <c r="E299" s="51">
         <v>41571</v>
       </c>
       <c r="F299" s="50">
         <v>43032</v>
       </c>
       <c r="G299" s="16" t="s">
         <v>801</v>
       </c>
       <c r="H299" s="16" t="s">
         <v>801</v>
       </c>
       <c r="I299" s="16" t="s">
         <v>802</v>
       </c>
       <c r="J299" s="16" t="s">
         <v>803</v>
       </c>
       <c r="K299" s="48" t="s">
         <v>804</v>
       </c>
       <c r="L299" s="16" t="s">
         <v>805</v>
       </c>
       <c r="M299" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="300" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="300" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A300" s="11" t="s">
         <v>1074</v>
       </c>
       <c r="B300" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C300" s="24">
         <v>6</v>
       </c>
       <c r="D300" s="16" t="s">
         <v>1075</v>
       </c>
       <c r="E300" s="51">
         <v>41620</v>
       </c>
       <c r="F300" s="50">
         <v>43081</v>
       </c>
       <c r="G300" s="16" t="s">
         <v>971</v>
       </c>
       <c r="H300" s="16" t="s">
         <v>1076</v>
       </c>
       <c r="I300" s="16" t="s">
         <v>973</v>
       </c>
       <c r="J300" s="16" t="s">
         <v>974</v>
       </c>
       <c r="K300" s="48" t="s">
         <v>975</v>
       </c>
       <c r="L300" s="16" t="s">
         <v>976</v>
       </c>
       <c r="M300" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="301" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="301" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A301" s="11" t="s">
         <v>1077</v>
       </c>
       <c r="B301" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C301" s="24">
         <v>12</v>
       </c>
       <c r="D301" s="16" t="s">
         <v>1078</v>
       </c>
       <c r="E301" s="51">
         <v>41690</v>
       </c>
       <c r="F301" s="50">
         <v>43151</v>
       </c>
       <c r="G301" s="16" t="s">
         <v>1079</v>
       </c>
       <c r="H301" s="16" t="s">
         <v>1080</v>
       </c>
       <c r="I301" s="16" t="s">
         <v>1081</v>
       </c>
       <c r="J301" s="16" t="s">
         <v>1082</v>
       </c>
       <c r="K301" s="48" t="s">
         <v>1083</v>
       </c>
       <c r="L301" s="16" t="s">
         <v>1084</v>
       </c>
       <c r="M301" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="302" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="302" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A302" s="11" t="s">
         <v>1085</v>
       </c>
       <c r="B302" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C302" s="24">
         <v>8</v>
       </c>
       <c r="D302" s="16" t="s">
         <v>1086</v>
       </c>
       <c r="E302" s="51">
         <v>41753</v>
       </c>
       <c r="F302" s="50">
         <v>43214</v>
       </c>
       <c r="G302" s="16" t="s">
         <v>1087</v>
       </c>
       <c r="H302" s="16" t="s">
         <v>1088</v>
       </c>
       <c r="I302" s="16" t="s">
         <v>1089</v>
       </c>
       <c r="J302" s="16" t="s">
         <v>1090</v>
       </c>
       <c r="K302" s="16" t="s">
         <v>1091</v>
       </c>
       <c r="L302" s="16" t="s">
         <v>1092</v>
       </c>
       <c r="M302" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="303" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="303" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A303" s="18" t="s">
         <v>1093</v>
       </c>
       <c r="B303" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C303" s="19">
         <v>12</v>
       </c>
       <c r="D303" s="9" t="s">
         <v>1094</v>
       </c>
       <c r="E303" s="52">
         <v>43874</v>
       </c>
       <c r="F303" s="53">
         <v>45335</v>
       </c>
       <c r="G303" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H303" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I303" s="9" t="s">
         <v>1097</v>
       </c>
       <c r="J303" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K303" s="26" t="s">
         <v>1098</v>
       </c>
       <c r="L303" s="9" t="s">
         <v>1099</v>
       </c>
       <c r="M303" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="304" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="304" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A304" s="11" t="s">
         <v>1100</v>
       </c>
       <c r="B304" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C304" s="24">
         <v>16</v>
       </c>
       <c r="D304" s="16" t="s">
         <v>1101</v>
       </c>
       <c r="E304" s="51">
         <v>41816</v>
       </c>
       <c r="F304" s="50">
         <v>43277</v>
       </c>
       <c r="G304" s="16" t="s">
         <v>1095</v>
       </c>
       <c r="H304" s="16" t="s">
         <v>1096</v>
       </c>
       <c r="I304" s="16" t="s">
         <v>1097</v>
       </c>
       <c r="J304" s="16" t="s">
         <v>863</v>
       </c>
       <c r="K304" s="48" t="s">
         <v>1098</v>
       </c>
       <c r="L304" s="16" t="s">
         <v>1099</v>
       </c>
       <c r="M304" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="305" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="305" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A305" s="18" t="s">
         <v>1102</v>
       </c>
       <c r="B305" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C305" s="19">
         <v>12</v>
       </c>
       <c r="D305" s="9" t="s">
         <v>1103</v>
       </c>
       <c r="E305" s="46">
         <v>41816</v>
       </c>
       <c r="F305" s="47">
         <v>46199</v>
       </c>
       <c r="G305" s="9" t="s">
         <v>1104</v>
       </c>
       <c r="H305" s="9" t="s">
         <v>1105</v>
       </c>
       <c r="I305" s="9" t="s">
@@ -21612,787 +21669,787 @@
       <c r="F306" s="47">
         <v>46199</v>
       </c>
       <c r="G306" s="9" t="s">
         <v>1026</v>
       </c>
       <c r="H306" s="9" t="s">
         <v>1027</v>
       </c>
       <c r="I306" s="9" t="s">
         <v>1028</v>
       </c>
       <c r="J306" s="9" t="s">
         <v>1112</v>
       </c>
       <c r="K306" s="61" t="s">
         <v>1030</v>
       </c>
       <c r="L306" s="9" t="s">
         <v>1031</v>
       </c>
       <c r="M306" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="307" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="307" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A307" s="11" t="s">
         <v>1113</v>
       </c>
       <c r="B307" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C307" s="12">
         <v>2</v>
       </c>
       <c r="D307" s="16" t="s">
         <v>1114</v>
       </c>
       <c r="E307" s="51">
         <v>41816</v>
       </c>
       <c r="F307" s="50">
         <v>43277</v>
       </c>
       <c r="G307" s="16" t="s">
         <v>1115</v>
       </c>
       <c r="H307" s="16" t="s">
         <v>1116</v>
       </c>
       <c r="I307" s="16" t="s">
         <v>1117</v>
       </c>
       <c r="J307" s="16" t="s">
         <v>1118</v>
       </c>
       <c r="K307" s="48" t="s">
         <v>1119</v>
       </c>
       <c r="L307" s="16" t="s">
         <v>1120</v>
       </c>
       <c r="M307" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="308" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="308" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A308" s="11" t="s">
         <v>1121</v>
       </c>
       <c r="B308" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C308" s="24">
         <v>8</v>
       </c>
       <c r="D308" s="16" t="s">
         <v>1122</v>
       </c>
       <c r="E308" s="51">
         <v>41816</v>
       </c>
       <c r="F308" s="50">
         <v>43277</v>
       </c>
       <c r="G308" s="16" t="s">
         <v>1123</v>
       </c>
       <c r="H308" s="16" t="s">
         <v>1124</v>
       </c>
       <c r="I308" s="16" t="s">
         <v>1125</v>
       </c>
       <c r="J308" s="16" t="s">
         <v>863</v>
       </c>
       <c r="K308" s="48" t="s">
         <v>1126</v>
       </c>
       <c r="L308" s="16" t="s">
         <v>1127</v>
       </c>
       <c r="M308" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="309" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="309" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A309" s="11" t="s">
         <v>1128</v>
       </c>
       <c r="B309" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C309" s="24">
         <v>12</v>
       </c>
       <c r="D309" s="16" t="s">
         <v>1129</v>
       </c>
       <c r="E309" s="51">
         <v>41816</v>
       </c>
       <c r="F309" s="50">
         <v>43277</v>
       </c>
       <c r="G309" s="16" t="s">
         <v>1130</v>
       </c>
       <c r="H309" s="16" t="s">
         <v>1131</v>
       </c>
       <c r="I309" s="16" t="s">
         <v>1132</v>
       </c>
       <c r="J309" s="16" t="s">
         <v>1133</v>
       </c>
       <c r="K309" s="48" t="s">
         <v>1134</v>
       </c>
       <c r="L309" s="16" t="s">
         <v>1135</v>
       </c>
       <c r="M309" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="310" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="310" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A310" s="11" t="s">
         <v>1136</v>
       </c>
       <c r="B310" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C310" s="24">
         <v>12</v>
       </c>
       <c r="D310" s="16" t="s">
         <v>1137</v>
       </c>
       <c r="E310" s="51">
         <v>41816</v>
       </c>
       <c r="F310" s="50">
         <v>43277</v>
       </c>
       <c r="G310" s="16" t="s">
         <v>1130</v>
       </c>
       <c r="H310" s="16" t="s">
         <v>1131</v>
       </c>
       <c r="I310" s="16" t="s">
         <v>1132</v>
       </c>
       <c r="J310" s="16" t="s">
         <v>1133</v>
       </c>
       <c r="K310" s="48" t="s">
         <v>1134</v>
       </c>
       <c r="L310" s="16" t="s">
         <v>1135</v>
       </c>
       <c r="M310" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="311" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="311" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A311" s="11" t="s">
         <v>1138</v>
       </c>
       <c r="B311" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C311" s="24">
         <v>12</v>
       </c>
       <c r="D311" s="16" t="s">
         <v>1139</v>
       </c>
       <c r="E311" s="51">
         <v>41816</v>
       </c>
       <c r="F311" s="50">
         <v>43277</v>
       </c>
       <c r="G311" s="16" t="s">
         <v>1130</v>
       </c>
       <c r="H311" s="16" t="s">
         <v>1131</v>
       </c>
       <c r="I311" s="16" t="s">
         <v>1132</v>
       </c>
       <c r="J311" s="16" t="s">
         <v>1133</v>
       </c>
       <c r="K311" s="48" t="s">
         <v>1134</v>
       </c>
       <c r="L311" s="16" t="s">
         <v>1135</v>
       </c>
       <c r="M311" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="312" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="312" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A312" s="11" t="s">
         <v>1140</v>
       </c>
       <c r="B312" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C312" s="24">
         <v>12</v>
       </c>
       <c r="D312" s="16" t="s">
         <v>1141</v>
       </c>
       <c r="E312" s="51">
         <v>41816</v>
       </c>
       <c r="F312" s="50">
         <v>43277</v>
       </c>
       <c r="G312" s="16" t="s">
         <v>1130</v>
       </c>
       <c r="H312" s="16" t="s">
         <v>1131</v>
       </c>
       <c r="I312" s="16" t="s">
         <v>1132</v>
       </c>
       <c r="J312" s="16" t="s">
         <v>1133</v>
       </c>
       <c r="K312" s="48" t="s">
         <v>1134</v>
       </c>
       <c r="L312" s="16" t="s">
         <v>1135</v>
       </c>
       <c r="M312" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="313" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="313" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A313" s="11" t="s">
         <v>1142</v>
       </c>
       <c r="B313" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C313" s="24">
         <v>12</v>
       </c>
       <c r="D313" s="16" t="s">
         <v>1143</v>
       </c>
       <c r="E313" s="51">
         <v>41816</v>
       </c>
       <c r="F313" s="50">
         <v>43277</v>
       </c>
       <c r="G313" s="16" t="s">
         <v>1130</v>
       </c>
       <c r="H313" s="16" t="s">
         <v>1131</v>
       </c>
       <c r="I313" s="16" t="s">
         <v>1132</v>
       </c>
       <c r="J313" s="16" t="s">
         <v>1133</v>
       </c>
       <c r="K313" s="48" t="s">
         <v>1134</v>
       </c>
       <c r="L313" s="16" t="s">
         <v>1135</v>
       </c>
       <c r="M313" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="314" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="314" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A314" s="11" t="s">
         <v>1144</v>
       </c>
       <c r="B314" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C314" s="24">
         <v>6</v>
       </c>
       <c r="D314" s="16" t="s">
         <v>1145</v>
       </c>
       <c r="E314" s="51">
         <v>41816</v>
       </c>
       <c r="F314" s="50">
         <v>43277</v>
       </c>
       <c r="G314" s="16" t="s">
         <v>190</v>
       </c>
       <c r="H314" s="16" t="s">
         <v>191</v>
       </c>
       <c r="I314" s="16" t="s">
         <v>192</v>
       </c>
       <c r="J314" s="16" t="s">
         <v>440</v>
       </c>
       <c r="K314" s="48" t="s">
         <v>1146</v>
       </c>
       <c r="L314" s="16" t="s">
         <v>1147</v>
       </c>
       <c r="M314" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="315" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="315" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A315" s="18" t="s">
         <v>1148</v>
       </c>
       <c r="B315" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C315" s="19">
         <v>4</v>
       </c>
       <c r="D315" s="9" t="s">
         <v>1149</v>
       </c>
       <c r="E315" s="52">
         <v>43874</v>
       </c>
       <c r="F315" s="63">
         <v>46796</v>
       </c>
       <c r="G315" s="9" t="s">
         <v>190</v>
       </c>
       <c r="H315" s="9" t="s">
         <v>191</v>
       </c>
       <c r="I315" s="9" t="s">
         <v>192</v>
       </c>
       <c r="J315" s="9" t="s">
         <v>440</v>
       </c>
       <c r="K315" s="26" t="s">
         <v>1146</v>
       </c>
       <c r="L315" s="9" t="s">
         <v>1147</v>
       </c>
       <c r="M315" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="316" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="316" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A316" s="11" t="s">
         <v>1150</v>
       </c>
       <c r="B316" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C316" s="24">
         <v>6</v>
       </c>
       <c r="D316" s="16" t="s">
         <v>1151</v>
       </c>
       <c r="E316" s="51">
         <v>41816</v>
       </c>
       <c r="F316" s="50">
         <v>43277</v>
       </c>
       <c r="G316" s="16" t="s">
         <v>190</v>
       </c>
       <c r="H316" s="16" t="s">
         <v>191</v>
       </c>
       <c r="I316" s="16" t="s">
         <v>192</v>
       </c>
       <c r="J316" s="16" t="s">
         <v>440</v>
       </c>
       <c r="K316" s="48" t="s">
         <v>1146</v>
       </c>
       <c r="L316" s="16" t="s">
         <v>1147</v>
       </c>
       <c r="M316" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="317" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="317" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A317" s="11" t="s">
         <v>1152</v>
       </c>
       <c r="B317" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C317" s="24">
         <v>6</v>
       </c>
       <c r="D317" s="16" t="s">
         <v>81</v>
       </c>
       <c r="E317" s="51">
         <v>41816</v>
       </c>
       <c r="F317" s="50">
         <v>43277</v>
       </c>
       <c r="G317" s="16" t="s">
         <v>190</v>
       </c>
       <c r="H317" s="16" t="s">
         <v>191</v>
       </c>
       <c r="I317" s="16" t="s">
         <v>192</v>
       </c>
       <c r="J317" s="16" t="s">
         <v>440</v>
       </c>
       <c r="K317" s="48" t="s">
         <v>1146</v>
       </c>
       <c r="L317" s="16" t="s">
         <v>1147</v>
       </c>
       <c r="M317" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="318" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="318" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A318" s="18" t="s">
         <v>1153</v>
       </c>
       <c r="B318" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C318" s="19">
         <v>8</v>
       </c>
       <c r="D318" s="9" t="s">
         <v>1154</v>
       </c>
       <c r="E318" s="52">
         <v>43874</v>
       </c>
       <c r="F318" s="53">
         <v>45335</v>
       </c>
       <c r="G318" s="9" t="s">
         <v>1155</v>
       </c>
       <c r="H318" s="9" t="s">
         <v>1156</v>
       </c>
       <c r="I318" s="9" t="s">
         <v>1157</v>
       </c>
       <c r="J318" s="9" t="s">
         <v>1006</v>
       </c>
       <c r="K318" s="26" t="s">
         <v>1158</v>
       </c>
       <c r="L318" s="9" t="s">
         <v>1159</v>
       </c>
       <c r="M318" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="319" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="319" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A319" s="18" t="s">
         <v>1160</v>
       </c>
       <c r="B319" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C319" s="19">
         <v>6</v>
       </c>
       <c r="D319" s="9" t="s">
         <v>1161</v>
       </c>
       <c r="E319" s="52">
         <v>41872</v>
       </c>
       <c r="F319" s="53">
         <v>46255</v>
       </c>
       <c r="G319" s="9" t="s">
         <v>1026</v>
       </c>
       <c r="H319" s="9" t="s">
         <v>1027</v>
       </c>
       <c r="I319" s="9" t="s">
         <v>1028</v>
       </c>
       <c r="J319" s="9" t="s">
         <v>1112</v>
       </c>
       <c r="K319" s="61" t="s">
         <v>1030</v>
       </c>
       <c r="L319" s="9" t="s">
         <v>1031</v>
       </c>
       <c r="M319" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="320" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="320" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A320" s="11" t="s">
         <v>1162</v>
       </c>
       <c r="B320" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C320" s="24">
         <v>4</v>
       </c>
       <c r="D320" s="16" t="s">
         <v>1163</v>
       </c>
       <c r="E320" s="51">
         <v>41872</v>
       </c>
       <c r="F320" s="50">
         <v>43333</v>
       </c>
       <c r="G320" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H320" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I320" s="16" t="s">
         <v>1164</v>
       </c>
       <c r="J320" s="16" t="s">
         <v>1165</v>
       </c>
       <c r="K320" s="48" t="s">
         <v>1166</v>
       </c>
       <c r="L320" s="16" t="s">
         <v>1167</v>
       </c>
       <c r="M320" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="321" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="321" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A321" s="11" t="s">
         <v>1168</v>
       </c>
       <c r="B321" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C321" s="12">
         <v>2</v>
       </c>
       <c r="D321" s="16" t="s">
         <v>1169</v>
       </c>
       <c r="E321" s="51">
         <v>41872</v>
       </c>
       <c r="F321" s="50">
         <v>43333</v>
       </c>
       <c r="G321" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H321" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I321" s="16" t="s">
         <v>1164</v>
       </c>
       <c r="J321" s="16" t="s">
         <v>1165</v>
       </c>
       <c r="K321" s="48" t="s">
         <v>1166</v>
       </c>
       <c r="L321" s="16" t="s">
         <v>1167</v>
       </c>
       <c r="M321" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="322" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="322" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A322" s="11" t="s">
         <v>1170</v>
       </c>
       <c r="B322" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C322" s="24">
         <v>4</v>
       </c>
       <c r="D322" s="16" t="s">
         <v>1171</v>
       </c>
       <c r="E322" s="51">
         <v>41872</v>
       </c>
       <c r="F322" s="50">
         <v>43333</v>
       </c>
       <c r="G322" s="16" t="s">
         <v>979</v>
       </c>
       <c r="H322" s="16" t="s">
         <v>980</v>
       </c>
       <c r="I322" s="16" t="s">
         <v>1164</v>
       </c>
       <c r="J322" s="16" t="s">
         <v>1165</v>
       </c>
       <c r="K322" s="48" t="s">
         <v>1166</v>
       </c>
       <c r="L322" s="16" t="s">
         <v>1167</v>
       </c>
       <c r="M322" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="323" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="323" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A323" s="11" t="s">
         <v>1172</v>
       </c>
       <c r="B323" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C323" s="24">
         <v>8</v>
       </c>
       <c r="D323" s="16" t="s">
         <v>1173</v>
       </c>
       <c r="E323" s="51">
         <v>41872</v>
       </c>
       <c r="F323" s="50">
         <v>43333</v>
       </c>
       <c r="G323" s="16"/>
       <c r="H323" s="16" t="s">
         <v>1174</v>
       </c>
       <c r="I323" s="16" t="s">
         <v>1175</v>
       </c>
       <c r="J323" s="16" t="s">
         <v>1176</v>
       </c>
       <c r="K323" s="48" t="s">
         <v>1177</v>
       </c>
       <c r="L323" s="16" t="s">
         <v>1178</v>
       </c>
       <c r="M323" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="324" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="324" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A324" s="11" t="s">
         <v>1179</v>
       </c>
       <c r="B324" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C324" s="12">
         <v>2</v>
       </c>
       <c r="D324" s="16" t="s">
         <v>207</v>
       </c>
       <c r="E324" s="51">
         <v>41942</v>
       </c>
       <c r="F324" s="50">
         <v>43403</v>
       </c>
       <c r="G324" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="H324" s="16" t="s">
         <v>1181</v>
       </c>
       <c r="I324" s="16" t="s">
         <v>1182</v>
       </c>
       <c r="J324" s="16" t="s">
         <v>936</v>
       </c>
       <c r="K324" s="48" t="s">
         <v>1183</v>
       </c>
       <c r="L324" s="16" t="s">
         <v>1184</v>
       </c>
       <c r="M324" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="325" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="325" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A325" s="11" t="s">
         <v>1185</v>
       </c>
       <c r="B325" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C325" s="24">
         <v>4</v>
       </c>
       <c r="D325" s="16" t="s">
         <v>211</v>
       </c>
       <c r="E325" s="50">
         <v>43403</v>
       </c>
       <c r="F325" s="50">
         <v>43403</v>
       </c>
       <c r="G325" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="H325" s="16" t="s">
         <v>1181</v>
       </c>
       <c r="I325" s="16" t="s">
@@ -22430,461 +22487,461 @@
       <c r="F326" s="53">
         <v>46325</v>
       </c>
       <c r="G326" s="20" t="s">
         <v>190</v>
       </c>
       <c r="H326" s="9" t="s">
         <v>191</v>
       </c>
       <c r="I326" s="9" t="s">
         <v>2557</v>
       </c>
       <c r="J326" s="9" t="s">
         <v>2558</v>
       </c>
       <c r="K326" s="33" t="s">
         <v>2559</v>
       </c>
       <c r="L326" s="20" t="s">
         <v>193</v>
       </c>
       <c r="M326" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="327" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="327" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A327" s="11" t="s">
         <v>1188</v>
       </c>
       <c r="B327" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C327" s="24">
         <v>12</v>
       </c>
       <c r="D327" s="16" t="s">
         <v>1189</v>
       </c>
       <c r="E327" s="51">
         <v>41942</v>
       </c>
       <c r="F327" s="50">
         <v>43403</v>
       </c>
       <c r="G327" s="16" t="s">
         <v>1190</v>
       </c>
       <c r="H327" s="16" t="s">
         <v>1191</v>
       </c>
       <c r="I327" s="16" t="s">
         <v>1192</v>
       </c>
       <c r="J327" s="16" t="s">
         <v>823</v>
       </c>
       <c r="K327" s="48" t="s">
         <v>1193</v>
       </c>
       <c r="L327" s="16" t="s">
         <v>1194</v>
       </c>
       <c r="M327" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="328" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="328" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A328" s="11" t="s">
         <v>1195</v>
       </c>
       <c r="B328" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C328" s="24">
         <v>12</v>
       </c>
       <c r="D328" s="16" t="s">
         <v>1196</v>
       </c>
       <c r="E328" s="51">
         <v>41942</v>
       </c>
       <c r="F328" s="50">
         <v>43403</v>
       </c>
       <c r="G328" s="16" t="s">
         <v>1190</v>
       </c>
       <c r="H328" s="16" t="s">
         <v>1191</v>
       </c>
       <c r="I328" s="16" t="s">
         <v>1192</v>
       </c>
       <c r="J328" s="16" t="s">
         <v>823</v>
       </c>
       <c r="K328" s="48" t="s">
         <v>1193</v>
       </c>
       <c r="L328" s="16" t="s">
         <v>1194</v>
       </c>
       <c r="M328" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="329" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="329" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A329" s="11" t="s">
         <v>1197</v>
       </c>
       <c r="B329" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C329" s="24">
         <v>12</v>
       </c>
       <c r="D329" s="16" t="s">
         <v>1198</v>
       </c>
       <c r="E329" s="51">
         <v>41942</v>
       </c>
       <c r="F329" s="50">
         <v>43403</v>
       </c>
       <c r="G329" s="16" t="s">
         <v>1190</v>
       </c>
       <c r="H329" s="16" t="s">
         <v>1191</v>
       </c>
       <c r="I329" s="16" t="s">
         <v>1192</v>
       </c>
       <c r="J329" s="16" t="s">
         <v>823</v>
       </c>
       <c r="K329" s="48" t="s">
         <v>1193</v>
       </c>
       <c r="L329" s="16" t="s">
         <v>1194</v>
       </c>
       <c r="M329" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="330" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="330" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A330" s="11" t="s">
         <v>1199</v>
       </c>
       <c r="B330" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C330" s="24">
         <v>12</v>
       </c>
       <c r="D330" s="16" t="s">
         <v>1200</v>
       </c>
       <c r="E330" s="51">
         <v>41942</v>
       </c>
       <c r="F330" s="50">
         <v>43403</v>
       </c>
       <c r="G330" s="16" t="s">
         <v>1190</v>
       </c>
       <c r="H330" s="16" t="s">
         <v>1191</v>
       </c>
       <c r="I330" s="16" t="s">
         <v>1192</v>
       </c>
       <c r="J330" s="16" t="s">
         <v>823</v>
       </c>
       <c r="K330" s="48" t="s">
         <v>1193</v>
       </c>
       <c r="L330" s="16" t="s">
         <v>1194</v>
       </c>
       <c r="M330" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="331" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="331" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A331" s="11" t="s">
         <v>1201</v>
       </c>
       <c r="B331" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C331" s="24">
         <v>8</v>
       </c>
       <c r="D331" s="16" t="s">
         <v>1202</v>
       </c>
       <c r="E331" s="51">
         <v>41942</v>
       </c>
       <c r="F331" s="50">
         <v>43403</v>
       </c>
       <c r="G331" s="16" t="s">
         <v>1203</v>
       </c>
       <c r="H331" s="16" t="s">
         <v>1204</v>
       </c>
       <c r="I331" s="16" t="s">
         <v>1205</v>
       </c>
       <c r="J331" s="16" t="s">
         <v>1206</v>
       </c>
       <c r="K331" s="48" t="s">
         <v>1207</v>
       </c>
       <c r="L331" s="16" t="s">
         <v>1208</v>
       </c>
       <c r="M331" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="332" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="332" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A332" s="11" t="s">
         <v>1209</v>
       </c>
       <c r="B332" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C332" s="24">
         <v>4</v>
       </c>
       <c r="D332" s="16" t="s">
         <v>1210</v>
       </c>
       <c r="E332" s="51">
         <v>41942</v>
       </c>
       <c r="F332" s="50">
         <v>43403</v>
       </c>
       <c r="G332" s="16" t="s">
         <v>1203</v>
       </c>
       <c r="H332" s="16" t="s">
         <v>1204</v>
       </c>
       <c r="I332" s="16" t="s">
         <v>1205</v>
       </c>
       <c r="J332" s="16" t="s">
         <v>1206</v>
       </c>
       <c r="K332" s="48" t="s">
         <v>1207</v>
       </c>
       <c r="L332" s="16" t="s">
         <v>1208</v>
       </c>
       <c r="M332" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="333" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="333" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A333" s="11" t="s">
         <v>1211</v>
       </c>
       <c r="B333" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C333" s="24">
         <v>4</v>
       </c>
       <c r="D333" s="16" t="s">
         <v>1212</v>
       </c>
       <c r="E333" s="51">
         <v>41942</v>
       </c>
       <c r="F333" s="50">
         <v>43403</v>
       </c>
       <c r="G333" s="16" t="s">
         <v>1203</v>
       </c>
       <c r="H333" s="16" t="s">
         <v>1204</v>
       </c>
       <c r="I333" s="16" t="s">
         <v>1205</v>
       </c>
       <c r="J333" s="16" t="s">
         <v>1206</v>
       </c>
       <c r="K333" s="48" t="s">
         <v>1207</v>
       </c>
       <c r="L333" s="16" t="s">
         <v>1208</v>
       </c>
       <c r="M333" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="334" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="334" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A334" s="11" t="s">
         <v>1213</v>
       </c>
       <c r="B334" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C334" s="24">
         <v>4</v>
       </c>
       <c r="D334" s="16" t="s">
         <v>1214</v>
       </c>
       <c r="E334" s="51">
         <v>41942</v>
       </c>
       <c r="F334" s="50">
         <v>43403</v>
       </c>
       <c r="G334" s="16" t="s">
         <v>1203</v>
       </c>
       <c r="H334" s="16" t="s">
         <v>1204</v>
       </c>
       <c r="I334" s="16" t="s">
         <v>1205</v>
       </c>
       <c r="J334" s="16" t="s">
         <v>1206</v>
       </c>
       <c r="K334" s="48" t="s">
         <v>1207</v>
       </c>
       <c r="L334" s="16" t="s">
         <v>1208</v>
       </c>
       <c r="M334" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="335" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="335" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A335" s="11" t="s">
         <v>1215</v>
       </c>
       <c r="B335" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C335" s="24">
         <v>4</v>
       </c>
       <c r="D335" s="16" t="s">
         <v>1216</v>
       </c>
       <c r="E335" s="51">
         <v>41942</v>
       </c>
       <c r="F335" s="50">
         <v>43403</v>
       </c>
       <c r="G335" s="16" t="s">
         <v>1203</v>
       </c>
       <c r="H335" s="16" t="s">
         <v>1204</v>
       </c>
       <c r="I335" s="16" t="s">
         <v>1205</v>
       </c>
       <c r="J335" s="16" t="s">
         <v>1206</v>
       </c>
       <c r="K335" s="48" t="s">
         <v>1207</v>
       </c>
       <c r="L335" s="16" t="s">
         <v>1208</v>
       </c>
       <c r="M335" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="336" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="336" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A336" s="11" t="s">
         <v>1217</v>
       </c>
       <c r="B336" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C336" s="24">
         <v>8</v>
       </c>
       <c r="D336" s="16" t="s">
         <v>1218</v>
       </c>
       <c r="E336" s="51">
         <v>41942</v>
       </c>
       <c r="F336" s="50">
         <v>43403</v>
       </c>
       <c r="G336" s="16" t="s">
         <v>1203</v>
       </c>
       <c r="H336" s="16" t="s">
         <v>1204</v>
       </c>
       <c r="I336" s="16" t="s">
         <v>1205</v>
       </c>
       <c r="J336" s="16" t="s">
         <v>1206</v>
       </c>
       <c r="K336" s="48" t="s">
         <v>1207</v>
       </c>
       <c r="L336" s="16" t="s">
         <v>1208</v>
       </c>
       <c r="M336" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="337" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="337" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A337" s="11" t="s">
         <v>1219</v>
       </c>
       <c r="B337" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C337" s="24">
         <v>4</v>
       </c>
       <c r="D337" s="16" t="s">
         <v>1220</v>
       </c>
       <c r="E337" s="51">
         <v>41942</v>
       </c>
       <c r="F337" s="50">
         <v>43403</v>
       </c>
       <c r="G337" s="16" t="s">
         <v>1203</v>
       </c>
       <c r="H337" s="16" t="s">
         <v>1204</v>
       </c>
       <c r="I337" s="16" t="s">
@@ -23209,6488 +23266,6488 @@
       <c r="F345" s="45">
         <v>43578</v>
       </c>
       <c r="G345" s="16" t="s">
         <v>1227</v>
       </c>
       <c r="H345" s="16" t="s">
         <v>894</v>
       </c>
       <c r="I345" s="16" t="s">
         <v>1234</v>
       </c>
       <c r="J345" s="16" t="s">
         <v>648</v>
       </c>
       <c r="K345" s="48" t="s">
         <v>1229</v>
       </c>
       <c r="L345" s="16" t="s">
         <v>327</v>
       </c>
       <c r="M345" s="17" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="346" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="346" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A346" s="18" t="s">
         <v>1241</v>
       </c>
       <c r="B346" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C346" s="19">
         <v>6</v>
       </c>
       <c r="D346" s="9" t="s">
         <v>1242</v>
       </c>
       <c r="E346" s="46">
         <v>42117</v>
       </c>
       <c r="F346" s="56">
         <v>46500</v>
       </c>
       <c r="G346" s="9" t="s">
         <v>1026</v>
       </c>
       <c r="H346" s="9" t="s">
         <v>1243</v>
       </c>
       <c r="I346" s="9" t="s">
         <v>1028</v>
       </c>
       <c r="J346" s="9" t="s">
         <v>1029</v>
       </c>
       <c r="K346" s="64" t="s">
         <v>1030</v>
       </c>
       <c r="L346" s="9" t="s">
         <v>1244</v>
       </c>
       <c r="M346" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="347" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="347" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A347" s="11" t="s">
         <v>1245</v>
       </c>
       <c r="B347" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C347" s="12">
         <v>2</v>
       </c>
       <c r="D347" s="16" t="s">
         <v>1246</v>
       </c>
       <c r="E347" s="44">
         <v>42117</v>
       </c>
       <c r="F347" s="45">
         <v>43578</v>
       </c>
       <c r="G347" s="16" t="s">
         <v>1247</v>
       </c>
       <c r="H347" s="16" t="s">
         <v>1248</v>
       </c>
       <c r="I347" s="16" t="s">
         <v>1249</v>
       </c>
       <c r="J347" s="16" t="s">
         <v>1250</v>
       </c>
       <c r="K347" s="48" t="s">
         <v>1251</v>
       </c>
       <c r="L347" s="16" t="s">
         <v>1252</v>
       </c>
       <c r="M347" s="17" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="348" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="348" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A348" s="18" t="s">
         <v>1253</v>
       </c>
       <c r="B348" s="18" t="s">
         <v>2636</v>
       </c>
       <c r="C348" s="19">
         <v>4</v>
       </c>
       <c r="D348" s="9" t="s">
         <v>1254</v>
       </c>
       <c r="E348" s="55">
         <v>43874</v>
       </c>
       <c r="F348" s="56">
         <v>46796</v>
       </c>
       <c r="G348" s="66" t="s">
         <v>2333</v>
       </c>
       <c r="H348" s="9" t="s">
         <v>2334</v>
       </c>
       <c r="I348" s="9" t="s">
         <v>2335</v>
       </c>
       <c r="J348" s="9" t="s">
         <v>1255</v>
       </c>
       <c r="K348" s="33" t="s">
         <v>2336</v>
       </c>
       <c r="L348" s="9" t="s">
         <v>2337</v>
       </c>
       <c r="M348" s="10" t="s">
         <v>2338</v>
       </c>
     </row>
-    <row r="349" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="349" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A349" s="18" t="s">
         <v>1256</v>
       </c>
       <c r="B349" s="18" t="s">
         <v>2636</v>
       </c>
       <c r="C349" s="19">
         <v>4</v>
       </c>
       <c r="D349" s="9" t="s">
         <v>1257</v>
       </c>
       <c r="E349" s="55">
         <v>43874</v>
       </c>
       <c r="F349" s="56">
         <v>46796</v>
       </c>
       <c r="G349" s="66" t="s">
         <v>2333</v>
       </c>
       <c r="H349" s="9" t="s">
         <v>2334</v>
       </c>
       <c r="I349" s="9" t="s">
         <v>2335</v>
       </c>
       <c r="J349" s="9" t="s">
         <v>1255</v>
       </c>
       <c r="K349" s="33" t="s">
         <v>2336</v>
       </c>
       <c r="L349" s="9" t="s">
         <v>2337</v>
       </c>
       <c r="M349" s="10" t="s">
         <v>2338</v>
       </c>
     </row>
-    <row r="350" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="350" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A350" s="11" t="s">
         <v>1258</v>
       </c>
       <c r="B350" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C350" s="24">
         <v>8</v>
       </c>
       <c r="D350" s="16" t="s">
         <v>1259</v>
       </c>
       <c r="E350" s="44">
         <v>42180</v>
       </c>
       <c r="F350" s="45">
         <v>43641</v>
       </c>
       <c r="G350" s="16" t="s">
         <v>963</v>
       </c>
       <c r="H350" s="16" t="s">
         <v>964</v>
       </c>
       <c r="I350" s="16" t="s">
         <v>1260</v>
       </c>
       <c r="J350" s="16" t="s">
         <v>1261</v>
       </c>
       <c r="K350" s="48" t="s">
         <v>967</v>
       </c>
       <c r="L350" s="16" t="s">
         <v>1262</v>
       </c>
       <c r="M350" s="17" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="351" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="351" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A351" s="18" t="s">
         <v>1263</v>
       </c>
       <c r="B351" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C351" s="19">
         <v>6</v>
       </c>
       <c r="D351" s="9" t="s">
         <v>1264</v>
       </c>
       <c r="E351" s="55">
         <v>43874</v>
       </c>
       <c r="F351" s="56">
         <v>45335</v>
       </c>
       <c r="G351" s="9" t="s">
         <v>190</v>
       </c>
       <c r="H351" s="9" t="s">
         <v>191</v>
       </c>
       <c r="I351" s="9" t="s">
         <v>192</v>
       </c>
       <c r="J351" s="9" t="s">
         <v>548</v>
       </c>
       <c r="K351" s="33" t="s">
         <v>1146</v>
       </c>
       <c r="L351" s="9" t="s">
         <v>193</v>
       </c>
       <c r="M351" s="10" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="352" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="352" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A352" s="18" t="s">
         <v>1265</v>
       </c>
       <c r="B352" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C352" s="19">
         <v>6</v>
       </c>
       <c r="D352" s="9" t="s">
         <v>1266</v>
       </c>
       <c r="E352" s="46">
         <v>42180</v>
       </c>
       <c r="F352" s="45">
         <v>45102</v>
       </c>
       <c r="G352" s="9" t="s">
         <v>190</v>
       </c>
       <c r="H352" s="9" t="s">
         <v>191</v>
       </c>
       <c r="I352" s="9" t="s">
         <v>192</v>
       </c>
       <c r="J352" s="9" t="s">
         <v>548</v>
       </c>
       <c r="K352" s="26" t="s">
         <v>1146</v>
       </c>
       <c r="L352" s="9" t="s">
         <v>193</v>
       </c>
       <c r="M352" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="353" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="353" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A353" s="18" t="s">
         <v>1267</v>
       </c>
       <c r="B353" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C353" s="19">
         <v>12</v>
       </c>
       <c r="D353" s="9" t="s">
         <v>1268</v>
       </c>
       <c r="E353" s="46">
         <v>42243</v>
       </c>
       <c r="F353" s="56">
         <v>46626</v>
       </c>
       <c r="G353" s="9" t="s">
         <v>1269</v>
       </c>
       <c r="H353" s="9" t="s">
         <v>1270</v>
       </c>
       <c r="I353" s="9" t="s">
         <v>562</v>
       </c>
       <c r="J353" s="9" t="s">
         <v>563</v>
       </c>
       <c r="K353" s="9" t="s">
         <v>1271</v>
       </c>
       <c r="L353" s="9" t="s">
         <v>1272</v>
       </c>
       <c r="M353" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="354" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="354" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A354" s="18" t="s">
         <v>1273</v>
       </c>
       <c r="B354" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C354" s="19">
         <v>4</v>
       </c>
       <c r="D354" s="9" t="s">
         <v>1274</v>
       </c>
       <c r="E354" s="46">
         <v>42243</v>
       </c>
       <c r="F354" s="45">
         <v>45165</v>
       </c>
       <c r="G354" s="9" t="s">
         <v>1275</v>
       </c>
       <c r="H354" s="9" t="s">
         <v>1276</v>
       </c>
       <c r="I354" s="9" t="s">
         <v>1277</v>
       </c>
       <c r="J354" s="9" t="s">
         <v>1107</v>
       </c>
       <c r="K354" s="26" t="s">
         <v>1278</v>
       </c>
       <c r="L354" s="9" t="s">
         <v>1279</v>
       </c>
       <c r="M354" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="355" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="355" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A355" s="11" t="s">
         <v>1280</v>
       </c>
       <c r="B355" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C355" s="24">
         <v>6</v>
       </c>
       <c r="D355" s="16" t="s">
         <v>1281</v>
       </c>
       <c r="E355" s="44">
         <v>42243</v>
       </c>
       <c r="F355" s="45">
         <v>43704</v>
       </c>
       <c r="G355" s="16" t="s">
         <v>1282</v>
       </c>
       <c r="H355" s="16" t="s">
         <v>1283</v>
       </c>
       <c r="I355" s="16" t="s">
         <v>1284</v>
       </c>
       <c r="J355" s="16" t="s">
         <v>1285</v>
       </c>
       <c r="K355" s="48" t="s">
         <v>1286</v>
       </c>
       <c r="L355" s="16" t="s">
         <v>1287</v>
       </c>
       <c r="M355" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="356" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="356" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A356" s="11" t="s">
         <v>1288</v>
       </c>
       <c r="B356" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C356" s="24">
         <v>8</v>
       </c>
       <c r="D356" s="16" t="s">
         <v>1289</v>
       </c>
       <c r="E356" s="44">
         <v>42299</v>
       </c>
       <c r="F356" s="45">
         <v>43760</v>
       </c>
       <c r="G356" s="16" t="s">
         <v>1290</v>
       </c>
       <c r="H356" s="16" t="s">
         <v>1291</v>
       </c>
       <c r="I356" s="16" t="s">
         <v>1292</v>
       </c>
       <c r="J356" s="16" t="s">
         <v>1293</v>
       </c>
       <c r="K356" s="48" t="s">
         <v>1294</v>
       </c>
       <c r="L356" s="62" t="s">
         <v>858</v>
       </c>
       <c r="M356" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="357" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="357" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A357" s="18" t="s">
         <v>1295</v>
       </c>
       <c r="B357" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C357" s="19">
         <v>3</v>
       </c>
       <c r="D357" s="9" t="s">
         <v>1296</v>
       </c>
       <c r="E357" s="46">
         <v>42299</v>
       </c>
       <c r="F357" s="47">
         <v>46682</v>
       </c>
       <c r="G357" s="9" t="s">
         <v>1297</v>
       </c>
       <c r="H357" s="9" t="s">
         <v>1298</v>
       </c>
       <c r="I357" s="65" t="s">
         <v>1299</v>
       </c>
       <c r="J357" s="65" t="s">
         <v>1300</v>
       </c>
       <c r="K357" s="26" t="s">
         <v>1301</v>
       </c>
       <c r="L357" s="9" t="s">
         <v>1302</v>
       </c>
       <c r="M357" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="358" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="358" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A358" s="18" t="s">
         <v>1303</v>
       </c>
       <c r="B358" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C358" s="19">
         <v>6</v>
       </c>
       <c r="D358" s="9" t="s">
         <v>1304</v>
       </c>
       <c r="E358" s="46">
         <v>42721</v>
       </c>
       <c r="F358" s="45">
         <v>45277</v>
       </c>
       <c r="G358" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H358" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I358" s="9" t="s">
         <v>1307</v>
       </c>
       <c r="J358" s="9" t="s">
         <v>1308</v>
       </c>
       <c r="K358" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L358" s="9" t="s">
         <v>1310</v>
       </c>
       <c r="M358" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="359" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="359" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A359" s="11" t="s">
         <v>1311</v>
       </c>
       <c r="B359" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C359" s="24">
         <v>8</v>
       </c>
       <c r="D359" s="16" t="s">
         <v>1312</v>
       </c>
       <c r="E359" s="44">
         <v>42721</v>
       </c>
       <c r="F359" s="45">
         <v>43816</v>
       </c>
       <c r="G359" s="16" t="s">
         <v>1313</v>
       </c>
       <c r="H359" s="16" t="s">
         <v>1314</v>
       </c>
       <c r="I359" s="16" t="s">
         <v>1315</v>
       </c>
       <c r="J359" s="16" t="s">
         <v>1316</v>
       </c>
       <c r="K359" s="48" t="s">
         <v>1317</v>
       </c>
       <c r="L359" s="16" t="s">
         <v>1318</v>
       </c>
       <c r="M359" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="360" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="360" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A360" s="11" t="s">
         <v>1319</v>
       </c>
       <c r="B360" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C360" s="24">
         <v>8</v>
       </c>
       <c r="D360" s="16" t="s">
         <v>1320</v>
       </c>
       <c r="E360" s="44">
         <v>42721</v>
       </c>
       <c r="F360" s="45">
         <v>43816</v>
       </c>
       <c r="G360" s="16" t="s">
         <v>1321</v>
       </c>
       <c r="H360" s="16" t="s">
         <v>1322</v>
       </c>
       <c r="I360" s="16" t="s">
         <v>1323</v>
       </c>
       <c r="J360" s="16" t="s">
         <v>1324</v>
       </c>
       <c r="K360" s="48" t="s">
         <v>1325</v>
       </c>
       <c r="L360" s="16" t="s">
         <v>1326</v>
       </c>
       <c r="M360" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="361" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="361" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A361" s="18" t="s">
         <v>1327</v>
       </c>
       <c r="B361" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C361" s="19">
         <v>12</v>
       </c>
       <c r="D361" s="66" t="s">
         <v>1328</v>
       </c>
       <c r="E361" s="46">
         <v>42418</v>
       </c>
       <c r="F361" s="47">
         <v>46801</v>
       </c>
       <c r="G361" s="9" t="s">
         <v>1329</v>
       </c>
       <c r="H361" s="9" t="s">
         <v>1329</v>
       </c>
       <c r="I361" s="9" t="s">
         <v>414</v>
       </c>
       <c r="J361" s="9" t="s">
         <v>1330</v>
       </c>
       <c r="K361" s="26" t="s">
         <v>774</v>
       </c>
       <c r="L361" s="9" t="s">
         <v>416</v>
       </c>
       <c r="M361" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="362" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="362" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A362" s="11" t="s">
         <v>1331</v>
       </c>
       <c r="B362" s="67" t="s">
         <v>1332</v>
       </c>
       <c r="C362" s="24">
         <v>12</v>
       </c>
       <c r="D362" s="68" t="s">
         <v>1333</v>
       </c>
       <c r="E362" s="44">
         <v>42418</v>
       </c>
       <c r="F362" s="45">
         <v>43879</v>
       </c>
       <c r="G362" s="16" t="s">
         <v>1334</v>
       </c>
       <c r="H362" s="16" t="s">
         <v>1335</v>
       </c>
       <c r="I362" s="16" t="s">
         <v>1336</v>
       </c>
       <c r="J362" s="16" t="s">
         <v>1337</v>
       </c>
       <c r="K362" s="69" t="s">
         <v>1338</v>
       </c>
       <c r="L362" s="16" t="s">
         <v>1339</v>
       </c>
       <c r="M362" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="363" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="363" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A363" s="18" t="s">
         <v>1340</v>
       </c>
       <c r="B363" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C363" s="29">
         <v>2</v>
       </c>
       <c r="D363" s="9" t="s">
         <v>1341</v>
       </c>
       <c r="E363" s="46">
         <v>42418</v>
       </c>
       <c r="F363" s="47">
         <v>46801</v>
       </c>
       <c r="G363" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H363" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I363" s="9" t="s">
         <v>1307</v>
       </c>
       <c r="J363" s="9" t="s">
         <v>1308</v>
       </c>
       <c r="K363" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L363" s="9" t="s">
         <v>1342</v>
       </c>
       <c r="M363" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="364" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="364" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A364" s="18" t="s">
         <v>1343</v>
       </c>
       <c r="B364" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C364" s="29">
         <v>2</v>
       </c>
       <c r="D364" s="9" t="s">
         <v>1344</v>
       </c>
       <c r="E364" s="46">
         <v>42418</v>
       </c>
       <c r="F364" s="47">
         <v>46801</v>
       </c>
       <c r="G364" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H364" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I364" s="9" t="s">
         <v>1307</v>
       </c>
       <c r="J364" s="9" t="s">
         <v>1308</v>
       </c>
       <c r="K364" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L364" s="9" t="s">
         <v>1342</v>
       </c>
       <c r="M364" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="365" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="365" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A365" s="11" t="s">
         <v>1345</v>
       </c>
       <c r="B365" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C365" s="12">
         <v>2</v>
       </c>
       <c r="D365" s="16" t="s">
         <v>1346</v>
       </c>
       <c r="E365" s="44">
         <v>42481</v>
       </c>
       <c r="F365" s="45">
         <v>43942</v>
       </c>
       <c r="G365" s="16" t="s">
         <v>1347</v>
       </c>
       <c r="H365" s="16" t="s">
         <v>1348</v>
       </c>
       <c r="I365" s="16" t="s">
         <v>1349</v>
       </c>
       <c r="J365" s="16" t="s">
         <v>1350</v>
       </c>
       <c r="K365" s="48" t="s">
         <v>1166</v>
       </c>
       <c r="L365" s="16" t="s">
         <v>1351</v>
       </c>
       <c r="M365" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="366" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="366" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A366" s="11" t="s">
         <v>1352</v>
       </c>
       <c r="B366" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C366" s="12">
         <v>2</v>
       </c>
       <c r="D366" s="16" t="s">
         <v>1353</v>
       </c>
       <c r="E366" s="44">
         <v>42481</v>
       </c>
       <c r="F366" s="45">
         <v>43942</v>
       </c>
       <c r="G366" s="16" t="s">
         <v>1347</v>
       </c>
       <c r="H366" s="16" t="s">
         <v>1348</v>
       </c>
       <c r="I366" s="16" t="s">
         <v>1349</v>
       </c>
       <c r="J366" s="16" t="s">
         <v>1350</v>
       </c>
       <c r="K366" s="48" t="s">
         <v>1166</v>
       </c>
       <c r="L366" s="16" t="s">
         <v>1351</v>
       </c>
       <c r="M366" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="367" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="367" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A367" s="11" t="s">
         <v>1354</v>
       </c>
       <c r="B367" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C367" s="24">
         <v>4</v>
       </c>
       <c r="D367" s="16" t="s">
         <v>1355</v>
       </c>
       <c r="E367" s="44">
         <v>42481</v>
       </c>
       <c r="F367" s="45">
         <v>43942</v>
       </c>
       <c r="G367" s="16" t="s">
         <v>1347</v>
       </c>
       <c r="H367" s="16" t="s">
         <v>1348</v>
       </c>
       <c r="I367" s="16" t="s">
         <v>1349</v>
       </c>
       <c r="J367" s="16" t="s">
         <v>1350</v>
       </c>
       <c r="K367" s="48" t="s">
         <v>1166</v>
       </c>
       <c r="L367" s="16" t="s">
         <v>1351</v>
       </c>
       <c r="M367" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="368" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="368" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A368" s="18" t="s">
         <v>1356</v>
       </c>
       <c r="B368" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C368" s="19">
         <v>1</v>
       </c>
       <c r="D368" s="9" t="s">
         <v>1357</v>
       </c>
       <c r="E368" s="46">
         <v>42481</v>
       </c>
       <c r="F368" s="47">
         <v>46864</v>
       </c>
       <c r="G368" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H368" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I368" s="9" t="s">
         <v>1307</v>
       </c>
       <c r="J368" s="9" t="s">
         <v>1308</v>
       </c>
       <c r="K368" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L368" s="9" t="s">
         <v>1342</v>
       </c>
       <c r="M368" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="369" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="369" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A369" s="18" t="s">
         <v>1358</v>
       </c>
       <c r="B369" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C369" s="19">
         <v>3</v>
       </c>
       <c r="D369" s="9" t="s">
         <v>1359</v>
       </c>
       <c r="E369" s="46">
         <v>42481</v>
       </c>
       <c r="F369" s="47">
         <v>46864</v>
       </c>
       <c r="G369" s="9" t="s">
         <v>1360</v>
       </c>
       <c r="H369" s="9" t="s">
         <v>1361</v>
       </c>
       <c r="I369" s="9" t="s">
         <v>1362</v>
       </c>
       <c r="J369" s="9" t="s">
         <v>1363</v>
       </c>
       <c r="K369" s="26" t="s">
         <v>1364</v>
       </c>
       <c r="L369" s="9" t="s">
         <v>1365</v>
       </c>
       <c r="M369" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="370" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="370" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A370" s="18" t="s">
         <v>1366</v>
       </c>
       <c r="B370" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C370" s="19">
         <v>6</v>
       </c>
       <c r="D370" s="9" t="s">
         <v>1367</v>
       </c>
       <c r="E370" s="46">
         <v>42481</v>
       </c>
       <c r="F370" s="47">
         <v>45403</v>
       </c>
       <c r="G370" s="9" t="s">
         <v>1368</v>
       </c>
       <c r="H370" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I370" s="9" t="s">
         <v>1370</v>
       </c>
       <c r="J370" s="9" t="s">
         <v>1371</v>
       </c>
       <c r="K370" s="26" t="s">
         <v>1372</v>
       </c>
       <c r="L370" s="9" t="s">
         <v>1373</v>
       </c>
       <c r="M370" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="371" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="371" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A371" s="18" t="s">
         <v>1374</v>
       </c>
       <c r="B371" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C371" s="19">
         <v>6</v>
       </c>
       <c r="D371" s="9" t="s">
         <v>1375</v>
       </c>
       <c r="E371" s="46">
         <v>42481</v>
       </c>
       <c r="F371" s="47">
         <v>45403</v>
       </c>
       <c r="G371" s="9" t="s">
         <v>1368</v>
       </c>
       <c r="H371" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I371" s="9" t="s">
         <v>1370</v>
       </c>
       <c r="J371" s="9" t="s">
         <v>1371</v>
       </c>
       <c r="K371" s="26" t="s">
         <v>1372</v>
       </c>
       <c r="L371" s="9" t="s">
         <v>1373</v>
       </c>
       <c r="M371" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="372" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="372" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A372" s="18" t="s">
         <v>1376</v>
       </c>
       <c r="B372" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C372" s="19">
         <v>6</v>
       </c>
       <c r="D372" s="9" t="s">
         <v>1377</v>
       </c>
       <c r="E372" s="46">
         <v>42481</v>
       </c>
       <c r="F372" s="47">
         <v>45403</v>
       </c>
       <c r="G372" s="9" t="s">
         <v>1368</v>
       </c>
       <c r="H372" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I372" s="9" t="s">
         <v>1370</v>
       </c>
       <c r="J372" s="9" t="s">
         <v>1371</v>
       </c>
       <c r="K372" s="33" t="s">
         <v>1372</v>
       </c>
       <c r="L372" s="9" t="s">
         <v>1373</v>
       </c>
       <c r="M372" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="373" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="373" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A373" s="18" t="s">
         <v>1378</v>
       </c>
       <c r="B373" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C373" s="19">
         <v>3</v>
       </c>
       <c r="D373" s="9" t="s">
         <v>1379</v>
       </c>
       <c r="E373" s="46">
         <v>43896</v>
       </c>
       <c r="F373" s="47">
         <v>45357</v>
       </c>
       <c r="G373" s="9" t="s">
         <v>167</v>
       </c>
       <c r="H373" s="9" t="s">
         <v>168</v>
       </c>
       <c r="I373" s="9" t="s">
         <v>169</v>
       </c>
       <c r="J373" s="9" t="s">
         <v>1380</v>
       </c>
       <c r="K373" s="26" t="s">
         <v>171</v>
       </c>
       <c r="L373" s="9" t="s">
         <v>1381</v>
       </c>
       <c r="M373" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="374" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="374" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A374" s="11" t="s">
         <v>1382</v>
       </c>
       <c r="B374" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C374" s="24">
         <v>6</v>
       </c>
       <c r="D374" s="16" t="s">
         <v>1383</v>
       </c>
       <c r="E374" s="44">
         <v>42481</v>
       </c>
       <c r="F374" s="45">
         <v>43942</v>
       </c>
       <c r="G374" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H374" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I374" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J374" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K374" s="48" t="s">
         <v>1384</v>
       </c>
       <c r="L374" s="16" t="s">
         <v>1222</v>
       </c>
       <c r="M374" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="375" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="375" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A375" s="18" t="s">
         <v>1385</v>
       </c>
       <c r="B375" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C375" s="19">
         <v>6</v>
       </c>
       <c r="D375" s="9" t="s">
         <v>1386</v>
       </c>
       <c r="E375" s="46">
         <v>42481</v>
       </c>
       <c r="F375" s="47">
         <v>46864</v>
       </c>
       <c r="G375" s="9" t="s">
         <v>27</v>
       </c>
       <c r="H375" s="9" t="s">
         <v>28</v>
       </c>
       <c r="I375" s="9" t="s">
         <v>29</v>
       </c>
       <c r="J375" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K375" s="33" t="s">
         <v>1384</v>
       </c>
       <c r="L375" s="9" t="s">
         <v>1222</v>
       </c>
       <c r="M375" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="376" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="376" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A376" s="18" t="s">
         <v>1387</v>
       </c>
       <c r="B376" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C376" s="19">
         <v>6</v>
       </c>
       <c r="D376" s="9" t="s">
         <v>1388</v>
       </c>
       <c r="E376" s="46">
         <v>42481</v>
       </c>
       <c r="F376" s="47">
         <v>46864</v>
       </c>
       <c r="G376" s="9" t="s">
         <v>27</v>
       </c>
       <c r="H376" s="9" t="s">
         <v>28</v>
       </c>
       <c r="I376" s="9" t="s">
         <v>29</v>
       </c>
       <c r="J376" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K376" s="26" t="s">
         <v>1384</v>
       </c>
       <c r="L376" s="9" t="s">
         <v>1222</v>
       </c>
       <c r="M376" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="377" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="377" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A377" s="11" t="s">
         <v>1389</v>
       </c>
       <c r="B377" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C377" s="24">
         <v>6</v>
       </c>
       <c r="D377" s="16" t="s">
         <v>1390</v>
       </c>
       <c r="E377" s="44">
         <v>42481</v>
       </c>
       <c r="F377" s="45">
         <v>43942</v>
       </c>
       <c r="G377" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H377" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I377" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J377" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K377" s="48" t="s">
         <v>1384</v>
       </c>
       <c r="L377" s="16" t="s">
         <v>1222</v>
       </c>
       <c r="M377" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="378" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="378" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A378" s="11" t="s">
         <v>1391</v>
       </c>
       <c r="B378" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C378" s="24">
         <v>6</v>
       </c>
       <c r="D378" s="16" t="s">
         <v>1392</v>
       </c>
       <c r="E378" s="44">
         <v>42481</v>
       </c>
       <c r="F378" s="45">
         <v>43942</v>
       </c>
       <c r="G378" s="16" t="s">
         <v>27</v>
       </c>
       <c r="H378" s="16" t="s">
         <v>28</v>
       </c>
       <c r="I378" s="16" t="s">
         <v>29</v>
       </c>
       <c r="J378" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K378" s="48" t="s">
         <v>1384</v>
       </c>
       <c r="L378" s="16" t="s">
         <v>1222</v>
       </c>
       <c r="M378" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="379" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="379" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A379" s="11" t="s">
         <v>1393</v>
       </c>
       <c r="B379" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C379" s="24">
         <v>12</v>
       </c>
       <c r="D379" s="16" t="s">
         <v>1394</v>
       </c>
       <c r="E379" s="44">
         <v>42481</v>
       </c>
       <c r="F379" s="45">
         <v>43942</v>
       </c>
       <c r="G379" s="16" t="s">
         <v>1395</v>
       </c>
       <c r="H379" s="16" t="s">
         <v>1396</v>
       </c>
       <c r="I379" s="16" t="s">
         <v>1397</v>
       </c>
       <c r="J379" s="16" t="s">
         <v>1398</v>
       </c>
       <c r="K379" s="48" t="s">
         <v>1399</v>
       </c>
       <c r="L379" s="16" t="s">
         <v>1400</v>
       </c>
       <c r="M379" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="380" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="380" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A380" s="11" t="s">
         <v>1401</v>
       </c>
       <c r="B380" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C380" s="24">
         <v>12</v>
       </c>
       <c r="D380" s="16" t="s">
         <v>1402</v>
       </c>
       <c r="E380" s="44">
         <v>42544</v>
       </c>
       <c r="F380" s="45">
         <v>44005</v>
       </c>
       <c r="G380" s="16" t="s">
         <v>344</v>
       </c>
       <c r="H380" s="16" t="s">
         <v>1403</v>
       </c>
       <c r="I380" s="16" t="s">
         <v>346</v>
       </c>
       <c r="J380" s="16" t="s">
         <v>1404</v>
       </c>
       <c r="K380" s="48" t="s">
         <v>1405</v>
       </c>
       <c r="L380" s="16" t="s">
         <v>349</v>
       </c>
       <c r="M380" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="381" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="381" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A381" s="18" t="s">
         <v>1406</v>
       </c>
       <c r="B381" s="18" t="s">
         <v>2381</v>
       </c>
       <c r="C381" s="19">
         <v>4</v>
       </c>
       <c r="D381" s="9" t="s">
         <v>1407</v>
       </c>
       <c r="E381" s="46">
         <v>44002</v>
       </c>
       <c r="F381" s="47">
         <v>46924</v>
       </c>
       <c r="G381" s="9" t="s">
         <v>830</v>
       </c>
       <c r="H381" s="9" t="s">
         <v>831</v>
       </c>
       <c r="I381" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J381" s="9" t="s">
         <v>1408</v>
       </c>
       <c r="K381" s="26" t="s">
         <v>833</v>
       </c>
       <c r="L381" s="9" t="s">
         <v>1409</v>
       </c>
       <c r="M381" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="382" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="382" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A382" s="18" t="s">
         <v>1410</v>
       </c>
       <c r="B382" s="18" t="s">
         <v>2381</v>
       </c>
       <c r="C382" s="19">
         <v>4</v>
       </c>
       <c r="D382" s="9" t="s">
         <v>1411</v>
       </c>
       <c r="E382" s="46">
         <v>42544</v>
       </c>
       <c r="F382" s="47">
         <v>46927</v>
       </c>
       <c r="G382" s="9" t="s">
         <v>830</v>
       </c>
       <c r="H382" s="9" t="s">
         <v>831</v>
       </c>
       <c r="I382" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J382" s="9" t="s">
         <v>1408</v>
       </c>
       <c r="K382" s="26" t="s">
         <v>833</v>
       </c>
       <c r="L382" s="9" t="s">
         <v>1409</v>
       </c>
       <c r="M382" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="383" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="383" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A383" s="18" t="s">
         <v>1412</v>
       </c>
       <c r="B383" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C383" s="19">
         <v>4</v>
       </c>
       <c r="D383" s="9" t="s">
         <v>1413</v>
       </c>
       <c r="E383" s="46">
         <v>42544</v>
       </c>
       <c r="F383" s="47">
         <v>46927</v>
       </c>
       <c r="G383" s="9" t="s">
         <v>830</v>
       </c>
       <c r="H383" s="9" t="s">
         <v>831</v>
       </c>
       <c r="I383" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J383" s="9" t="s">
         <v>1408</v>
       </c>
       <c r="K383" s="26" t="s">
         <v>833</v>
       </c>
       <c r="L383" s="9" t="s">
         <v>1409</v>
       </c>
       <c r="M383" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="384" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="384" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A384" s="18" t="s">
         <v>1414</v>
       </c>
       <c r="B384" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C384" s="19">
         <v>6</v>
       </c>
       <c r="D384" s="9" t="s">
         <v>1415</v>
       </c>
       <c r="E384" s="46">
         <v>42544</v>
       </c>
       <c r="F384" s="47">
         <v>46927</v>
       </c>
       <c r="G384" s="9" t="s">
         <v>830</v>
       </c>
       <c r="H384" s="9" t="s">
         <v>831</v>
       </c>
       <c r="I384" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J384" s="9" t="s">
         <v>1408</v>
       </c>
       <c r="K384" s="26" t="s">
         <v>833</v>
       </c>
       <c r="L384" s="9" t="s">
         <v>1409</v>
       </c>
       <c r="M384" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="385" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="385" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A385" s="18" t="s">
         <v>1416</v>
       </c>
       <c r="B385" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C385" s="29">
         <v>2</v>
       </c>
       <c r="D385" s="9" t="s">
         <v>1417</v>
       </c>
       <c r="E385" s="46">
         <v>42544</v>
       </c>
       <c r="F385" s="47">
         <v>45466</v>
       </c>
       <c r="G385" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H385" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I385" s="9" t="s">
         <v>1307</v>
       </c>
       <c r="J385" s="9" t="s">
         <v>1308</v>
       </c>
       <c r="K385" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L385" s="9" t="s">
         <v>1310</v>
       </c>
       <c r="M385" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="386" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="386" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A386" s="18" t="s">
         <v>1418</v>
       </c>
       <c r="B386" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C386" s="29">
         <v>2</v>
       </c>
       <c r="D386" s="9" t="s">
         <v>1419</v>
       </c>
       <c r="E386" s="46">
         <v>42544</v>
       </c>
       <c r="F386" s="47">
         <v>45466</v>
       </c>
       <c r="G386" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H386" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I386" s="9" t="s">
         <v>1307</v>
       </c>
       <c r="J386" s="9" t="s">
         <v>1308</v>
       </c>
       <c r="K386" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L386" s="9" t="s">
         <v>1310</v>
       </c>
       <c r="M386" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="387" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="387" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A387" s="18" t="s">
         <v>1420</v>
       </c>
       <c r="B387" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C387" s="19">
         <v>4</v>
       </c>
       <c r="D387" s="9" t="s">
         <v>1421</v>
       </c>
       <c r="E387" s="46">
         <v>42544</v>
       </c>
       <c r="F387" s="47">
         <v>46927</v>
       </c>
       <c r="G387" s="9" t="s">
         <v>1360</v>
       </c>
       <c r="H387" s="9" t="s">
         <v>1361</v>
       </c>
       <c r="I387" s="9" t="s">
         <v>1362</v>
       </c>
       <c r="J387" s="9" t="s">
         <v>1363</v>
       </c>
       <c r="K387" s="26" t="s">
         <v>1364</v>
       </c>
       <c r="L387" s="9" t="s">
         <v>1365</v>
       </c>
       <c r="M387" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="388" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="388" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A388" s="18" t="s">
         <v>1422</v>
       </c>
       <c r="B388" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C388" s="19">
         <v>4</v>
       </c>
       <c r="D388" s="9" t="s">
         <v>1423</v>
       </c>
       <c r="E388" s="46">
         <v>42544</v>
       </c>
       <c r="F388" s="47">
         <v>45466</v>
       </c>
       <c r="G388" s="9" t="s">
         <v>1275</v>
       </c>
       <c r="H388" s="9" t="s">
         <v>1276</v>
       </c>
       <c r="I388" s="9" t="s">
         <v>2642</v>
       </c>
       <c r="J388" s="9" t="s">
         <v>2643</v>
       </c>
       <c r="K388" s="26" t="s">
         <v>1278</v>
       </c>
       <c r="L388" s="9" t="s">
         <v>1279</v>
       </c>
       <c r="M388" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="389" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="389" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A389" s="11" t="s">
         <v>1424</v>
       </c>
       <c r="B389" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C389" s="24">
         <v>3</v>
       </c>
       <c r="D389" s="16" t="s">
         <v>1425</v>
       </c>
       <c r="E389" s="44">
         <v>42607</v>
       </c>
       <c r="F389" s="45">
         <v>44068</v>
       </c>
       <c r="G389" s="16" t="s">
         <v>1426</v>
       </c>
       <c r="H389" s="16" t="s">
         <v>1427</v>
       </c>
       <c r="I389" s="16" t="s">
         <v>1428</v>
       </c>
       <c r="J389" s="16" t="s">
         <v>1429</v>
       </c>
       <c r="K389" s="70" t="s">
         <v>1430</v>
       </c>
       <c r="L389" s="16" t="s">
         <v>1431</v>
       </c>
       <c r="M389" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="390" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="390" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A390" s="11" t="s">
         <v>1432</v>
       </c>
       <c r="B390" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C390" s="24">
         <v>4</v>
       </c>
       <c r="D390" s="16" t="s">
         <v>1433</v>
       </c>
       <c r="E390" s="44">
         <v>42607</v>
       </c>
       <c r="F390" s="45">
         <v>44068</v>
       </c>
       <c r="G390" s="16" t="s">
         <v>1426</v>
       </c>
       <c r="H390" s="16" t="s">
         <v>1427</v>
       </c>
       <c r="I390" s="16" t="s">
         <v>1428</v>
       </c>
       <c r="J390" s="16" t="s">
         <v>1429</v>
       </c>
       <c r="K390" s="70" t="s">
         <v>1430</v>
       </c>
       <c r="L390" s="16" t="s">
         <v>1431</v>
       </c>
       <c r="M390" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="391" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="391" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A391" s="11" t="s">
         <v>1434</v>
       </c>
       <c r="B391" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C391" s="12">
         <v>2</v>
       </c>
       <c r="D391" s="16" t="s">
         <v>1435</v>
       </c>
       <c r="E391" s="44">
         <v>42607</v>
       </c>
       <c r="F391" s="45">
         <v>44068</v>
       </c>
       <c r="G391" s="16" t="s">
         <v>1426</v>
       </c>
       <c r="H391" s="16" t="s">
         <v>1427</v>
       </c>
       <c r="I391" s="16" t="s">
         <v>1428</v>
       </c>
       <c r="J391" s="16" t="s">
         <v>1429</v>
       </c>
       <c r="K391" s="70" t="s">
         <v>1430</v>
       </c>
       <c r="L391" s="16" t="s">
         <v>1431</v>
       </c>
       <c r="M391" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="392" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="392" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A392" s="11" t="s">
         <v>1436</v>
       </c>
       <c r="B392" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C392" s="12">
         <v>2</v>
       </c>
       <c r="D392" s="16" t="s">
         <v>1437</v>
       </c>
       <c r="E392" s="44">
         <v>42607</v>
       </c>
       <c r="F392" s="45">
         <v>44068</v>
       </c>
       <c r="G392" s="16" t="s">
         <v>1426</v>
       </c>
       <c r="H392" s="16" t="s">
         <v>1427</v>
       </c>
       <c r="I392" s="16" t="s">
         <v>1428</v>
       </c>
       <c r="J392" s="16" t="s">
         <v>1429</v>
       </c>
       <c r="K392" s="70" t="s">
         <v>1430</v>
       </c>
       <c r="L392" s="16" t="s">
         <v>1431</v>
       </c>
       <c r="M392" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="393" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="393" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A393" s="11" t="s">
         <v>1438</v>
       </c>
       <c r="B393" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C393" s="24">
         <v>4</v>
       </c>
       <c r="D393" s="16" t="s">
         <v>1439</v>
       </c>
       <c r="E393" s="44">
         <v>42607</v>
       </c>
       <c r="F393" s="45">
         <v>44068</v>
       </c>
       <c r="G393" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="H393" s="16" t="s">
         <v>1181</v>
       </c>
       <c r="I393" s="16" t="s">
         <v>1440</v>
       </c>
       <c r="J393" s="16" t="s">
         <v>936</v>
       </c>
       <c r="K393" s="48" t="s">
         <v>1183</v>
       </c>
       <c r="L393" s="16" t="s">
         <v>1441</v>
       </c>
       <c r="M393" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="394" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="394" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A394" s="11" t="s">
         <v>1442</v>
       </c>
       <c r="B394" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C394" s="24">
         <v>4</v>
       </c>
       <c r="D394" s="16" t="s">
         <v>211</v>
       </c>
       <c r="E394" s="44">
         <v>42607</v>
       </c>
       <c r="F394" s="45">
         <v>44068</v>
       </c>
       <c r="G394" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="H394" s="16" t="s">
         <v>1181</v>
       </c>
       <c r="I394" s="16" t="s">
         <v>1440</v>
       </c>
       <c r="J394" s="16" t="s">
         <v>936</v>
       </c>
       <c r="K394" s="48" t="s">
         <v>1183</v>
       </c>
       <c r="L394" s="16" t="s">
         <v>1441</v>
       </c>
       <c r="M394" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="395" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="395" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A395" s="11" t="s">
         <v>1443</v>
       </c>
       <c r="B395" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C395" s="12">
         <v>2</v>
       </c>
       <c r="D395" s="16" t="s">
         <v>1444</v>
       </c>
       <c r="E395" s="44">
         <v>42607</v>
       </c>
       <c r="F395" s="45">
         <v>44068</v>
       </c>
       <c r="G395" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="H395" s="16" t="s">
         <v>1181</v>
       </c>
       <c r="I395" s="16" t="s">
         <v>1440</v>
       </c>
       <c r="J395" s="16" t="s">
         <v>936</v>
       </c>
       <c r="K395" s="48" t="s">
         <v>1183</v>
       </c>
       <c r="L395" s="16" t="s">
         <v>1441</v>
       </c>
       <c r="M395" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="396" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="396" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A396" s="11" t="s">
         <v>1445</v>
       </c>
       <c r="B396" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C396" s="12">
         <v>2</v>
       </c>
       <c r="D396" s="16" t="s">
         <v>1446</v>
       </c>
       <c r="E396" s="44">
         <v>42607</v>
       </c>
       <c r="F396" s="45">
         <v>44068</v>
       </c>
       <c r="G396" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="H396" s="16" t="s">
         <v>1181</v>
       </c>
       <c r="I396" s="16" t="s">
         <v>1440</v>
       </c>
       <c r="J396" s="16" t="s">
         <v>936</v>
       </c>
       <c r="K396" s="48" t="s">
         <v>1183</v>
       </c>
       <c r="L396" s="16" t="s">
         <v>1441</v>
       </c>
       <c r="M396" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="397" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="397" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A397" s="11" t="s">
         <v>1447</v>
       </c>
       <c r="B397" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C397" s="12">
         <v>2</v>
       </c>
       <c r="D397" s="16" t="s">
         <v>207</v>
       </c>
       <c r="E397" s="44">
         <v>42607</v>
       </c>
       <c r="F397" s="45">
         <v>44068</v>
       </c>
       <c r="G397" s="16" t="s">
         <v>1180</v>
       </c>
       <c r="H397" s="16" t="s">
         <v>1181</v>
       </c>
       <c r="I397" s="16" t="s">
         <v>1440</v>
       </c>
       <c r="J397" s="16" t="s">
         <v>936</v>
       </c>
       <c r="K397" s="48" t="s">
         <v>1183</v>
       </c>
       <c r="L397" s="16" t="s">
         <v>1441</v>
       </c>
       <c r="M397" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="398" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="398" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A398" s="18" t="s">
         <v>1448</v>
       </c>
       <c r="B398" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C398" s="19">
         <v>6</v>
       </c>
       <c r="D398" s="9" t="s">
         <v>1449</v>
       </c>
       <c r="E398" s="46">
         <v>42607</v>
       </c>
       <c r="F398" s="47">
         <v>46990</v>
       </c>
       <c r="G398" s="9" t="s">
         <v>1026</v>
       </c>
       <c r="H398" s="9" t="s">
         <v>1027</v>
       </c>
       <c r="I398" s="9" t="s">
         <v>1028</v>
       </c>
       <c r="J398" s="9" t="s">
         <v>1112</v>
       </c>
       <c r="K398" s="61" t="s">
         <v>1030</v>
       </c>
       <c r="L398" s="9" t="s">
         <v>1244</v>
       </c>
       <c r="M398" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="399" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="399" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A399" s="11" t="s">
         <v>1450</v>
       </c>
       <c r="B399" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C399" s="24">
         <v>4</v>
       </c>
       <c r="D399" s="16" t="s">
         <v>1451</v>
       </c>
       <c r="E399" s="44">
         <v>42607</v>
       </c>
       <c r="F399" s="45">
         <v>44068</v>
       </c>
       <c r="G399" s="16" t="s">
         <v>1452</v>
       </c>
       <c r="H399" s="16" t="s">
         <v>964</v>
       </c>
       <c r="I399" s="16" t="s">
         <v>1260</v>
       </c>
       <c r="J399" s="16" t="s">
         <v>1261</v>
       </c>
       <c r="K399" s="48" t="s">
         <v>967</v>
       </c>
       <c r="L399" s="16" t="s">
         <v>1262</v>
       </c>
       <c r="M399" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="400" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="400" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A400" s="11" t="s">
         <v>1453</v>
       </c>
       <c r="B400" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C400" s="24">
         <v>6</v>
       </c>
       <c r="D400" s="16" t="s">
         <v>1454</v>
       </c>
       <c r="E400" s="44">
         <v>42663</v>
       </c>
       <c r="F400" s="45">
         <v>44124</v>
       </c>
       <c r="G400" s="16" t="s">
         <v>1455</v>
       </c>
       <c r="H400" s="16" t="s">
         <v>1456</v>
       </c>
       <c r="I400" s="16" t="s">
         <v>239</v>
       </c>
       <c r="J400" s="16" t="s">
         <v>1457</v>
       </c>
       <c r="K400" s="48" t="s">
         <v>1458</v>
       </c>
       <c r="L400" s="16" t="s">
         <v>242</v>
       </c>
       <c r="M400" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="401" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="401" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A401" s="18" t="s">
         <v>1459</v>
       </c>
       <c r="B401" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C401" s="29">
         <v>2</v>
       </c>
       <c r="D401" s="9" t="s">
         <v>1460</v>
       </c>
       <c r="E401" s="46">
         <v>42663</v>
       </c>
       <c r="F401" s="47">
         <v>47046</v>
       </c>
       <c r="G401" s="9" t="s">
         <v>247</v>
       </c>
       <c r="H401" s="9" t="s">
         <v>248</v>
       </c>
       <c r="I401" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J401" s="9" t="s">
         <v>567</v>
       </c>
       <c r="K401" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L401" s="9" t="s">
         <v>569</v>
       </c>
       <c r="M401" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="402" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="402" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A402" s="18" t="s">
         <v>1461</v>
       </c>
       <c r="B402" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C402" s="19">
         <v>3</v>
       </c>
       <c r="D402" s="9" t="s">
         <v>254</v>
       </c>
       <c r="E402" s="46">
         <v>42663</v>
       </c>
       <c r="F402" s="47">
         <v>47046</v>
       </c>
       <c r="G402" s="9" t="s">
         <v>247</v>
       </c>
       <c r="H402" s="9" t="s">
         <v>248</v>
       </c>
       <c r="I402" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J402" s="9" t="s">
         <v>567</v>
       </c>
       <c r="K402" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L402" s="9" t="s">
         <v>569</v>
       </c>
       <c r="M402" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="403" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="403" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A403" s="18" t="s">
         <v>1462</v>
       </c>
       <c r="B403" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C403" s="29">
         <v>2</v>
       </c>
       <c r="D403" s="9" t="s">
         <v>259</v>
       </c>
       <c r="E403" s="46">
         <v>42663</v>
       </c>
       <c r="F403" s="47">
         <v>47046</v>
       </c>
       <c r="G403" s="9" t="s">
         <v>247</v>
       </c>
       <c r="H403" s="9" t="s">
         <v>248</v>
       </c>
       <c r="I403" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J403" s="9" t="s">
         <v>567</v>
       </c>
       <c r="K403" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L403" s="9" t="s">
         <v>569</v>
       </c>
       <c r="M403" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="404" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="404" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A404" s="18" t="s">
         <v>1463</v>
       </c>
       <c r="B404" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C404" s="29">
         <v>2</v>
       </c>
       <c r="D404" s="9" t="s">
         <v>261</v>
       </c>
       <c r="E404" s="46">
         <v>42663</v>
       </c>
       <c r="F404" s="47">
         <v>47046</v>
       </c>
       <c r="G404" s="9" t="s">
         <v>247</v>
       </c>
       <c r="H404" s="9" t="s">
         <v>248</v>
       </c>
       <c r="I404" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J404" s="9" t="s">
         <v>567</v>
       </c>
       <c r="K404" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L404" s="9" t="s">
         <v>569</v>
       </c>
       <c r="M404" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="405" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="405" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A405" s="18" t="s">
         <v>1464</v>
       </c>
       <c r="B405" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C405" s="19">
         <v>1</v>
       </c>
       <c r="D405" s="9" t="s">
         <v>1465</v>
       </c>
       <c r="E405" s="46">
         <v>42663</v>
       </c>
       <c r="F405" s="47">
         <v>47046</v>
       </c>
       <c r="G405" s="9" t="s">
         <v>247</v>
       </c>
       <c r="H405" s="9" t="s">
         <v>248</v>
       </c>
       <c r="I405" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J405" s="9" t="s">
         <v>567</v>
       </c>
       <c r="K405" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L405" s="9" t="s">
         <v>569</v>
       </c>
       <c r="M405" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="406" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="406" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A406" s="18" t="s">
         <v>1466</v>
       </c>
       <c r="B406" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C406" s="29">
         <v>2</v>
       </c>
       <c r="D406" s="9" t="s">
         <v>265</v>
       </c>
       <c r="E406" s="46">
         <v>42663</v>
       </c>
       <c r="F406" s="47">
         <v>47046</v>
       </c>
       <c r="G406" s="9" t="s">
         <v>247</v>
       </c>
       <c r="H406" s="9" t="s">
         <v>248</v>
       </c>
       <c r="I406" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J406" s="9" t="s">
         <v>567</v>
       </c>
       <c r="K406" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L406" s="9" t="s">
         <v>569</v>
       </c>
       <c r="M406" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="407" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="407" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A407" s="18" t="s">
         <v>1467</v>
       </c>
       <c r="B407" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C407" s="19">
         <v>1</v>
       </c>
       <c r="D407" s="9" t="s">
         <v>293</v>
       </c>
       <c r="E407" s="46">
         <v>42663</v>
       </c>
       <c r="F407" s="47">
         <v>47046</v>
       </c>
       <c r="G407" s="9" t="s">
         <v>247</v>
       </c>
       <c r="H407" s="9" t="s">
         <v>248</v>
       </c>
       <c r="I407" s="9" t="s">
         <v>249</v>
       </c>
       <c r="J407" s="9" t="s">
         <v>567</v>
       </c>
       <c r="K407" s="26" t="s">
         <v>251</v>
       </c>
       <c r="L407" s="9" t="s">
         <v>569</v>
       </c>
       <c r="M407" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="408" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="408" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A408" s="11" t="s">
         <v>1468</v>
       </c>
       <c r="B408" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C408" s="24" t="s">
         <v>1469</v>
       </c>
       <c r="D408" s="16" t="s">
         <v>1470</v>
       </c>
       <c r="E408" s="44">
         <v>42663</v>
       </c>
       <c r="F408" s="45">
         <v>44124</v>
       </c>
       <c r="G408" s="16" t="s">
         <v>1471</v>
       </c>
       <c r="H408" s="16" t="s">
         <v>1335</v>
       </c>
       <c r="I408" s="16" t="s">
         <v>1472</v>
       </c>
       <c r="J408" s="16" t="s">
         <v>1337</v>
       </c>
       <c r="K408" s="48" t="s">
         <v>1473</v>
       </c>
       <c r="L408" s="16" t="s">
         <v>1474</v>
       </c>
       <c r="M408" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="409" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="409" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A409" s="18" t="s">
         <v>1475</v>
       </c>
       <c r="B409" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C409" s="19">
         <v>12</v>
       </c>
       <c r="D409" s="9" t="s">
         <v>1476</v>
       </c>
       <c r="E409" s="46">
         <v>43874</v>
       </c>
       <c r="F409" s="47">
         <v>45335</v>
       </c>
       <c r="G409" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H409" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I409" s="9" t="s">
         <v>1477</v>
       </c>
       <c r="J409" s="9" t="s">
         <v>1478</v>
       </c>
       <c r="K409" s="26" t="s">
         <v>1479</v>
       </c>
       <c r="L409" s="9" t="s">
         <v>1480</v>
       </c>
       <c r="M409" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="410" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="410" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A410" s="18" t="s">
         <v>1481</v>
       </c>
       <c r="B410" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C410" s="19">
         <v>6</v>
       </c>
       <c r="D410" s="9" t="s">
         <v>1482</v>
       </c>
       <c r="E410" s="46">
         <v>42663</v>
       </c>
       <c r="F410" s="47">
         <v>45585</v>
       </c>
       <c r="G410" s="9" t="s">
         <v>1368</v>
       </c>
       <c r="H410" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I410" s="9" t="s">
         <v>1483</v>
       </c>
       <c r="J410" s="9" t="s">
         <v>1484</v>
       </c>
       <c r="K410" s="26" t="s">
         <v>1372</v>
       </c>
       <c r="L410" s="9" t="s">
         <v>1485</v>
       </c>
       <c r="M410" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="411" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="411" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A411" s="18" t="s">
         <v>1486</v>
       </c>
       <c r="B411" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C411" s="19">
         <v>6</v>
       </c>
       <c r="D411" s="9" t="s">
         <v>1487</v>
       </c>
       <c r="E411" s="46">
         <v>42663</v>
       </c>
       <c r="F411" s="47">
         <v>45585</v>
       </c>
       <c r="G411" s="9" t="s">
         <v>1368</v>
       </c>
       <c r="H411" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I411" s="9" t="s">
         <v>1483</v>
       </c>
       <c r="J411" s="9" t="s">
         <v>1484</v>
       </c>
       <c r="K411" s="26" t="s">
         <v>1372</v>
       </c>
       <c r="L411" s="9" t="s">
         <v>1485</v>
       </c>
       <c r="M411" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="412" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="412" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A412" s="18" t="s">
         <v>1488</v>
       </c>
       <c r="B412" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C412" s="19">
         <v>12</v>
       </c>
       <c r="D412" s="9" t="s">
         <v>1489</v>
       </c>
       <c r="E412" s="46">
         <v>42663</v>
       </c>
       <c r="F412" s="47">
         <v>45585</v>
       </c>
       <c r="G412" s="9" t="s">
         <v>1368</v>
       </c>
       <c r="H412" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I412" s="9" t="s">
         <v>1483</v>
       </c>
       <c r="J412" s="9" t="s">
         <v>1484</v>
       </c>
       <c r="K412" s="33" t="s">
         <v>1372</v>
       </c>
       <c r="L412" s="9" t="s">
         <v>1485</v>
       </c>
       <c r="M412" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="413" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="413" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A413" s="18" t="s">
         <v>1490</v>
       </c>
       <c r="B413" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C413" s="19">
         <v>12</v>
       </c>
       <c r="D413" s="9" t="s">
         <v>1491</v>
       </c>
       <c r="E413" s="46">
         <v>43874</v>
       </c>
       <c r="F413" s="47">
         <v>45335</v>
       </c>
       <c r="G413" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H413" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I413" s="9" t="s">
         <v>1477</v>
       </c>
       <c r="J413" s="9" t="s">
         <v>1478</v>
       </c>
       <c r="K413" s="26" t="s">
         <v>1479</v>
       </c>
       <c r="L413" s="9" t="s">
         <v>1480</v>
       </c>
       <c r="M413" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="414" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="414" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A414" s="18" t="s">
         <v>1492</v>
       </c>
       <c r="B414" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C414" s="19">
         <v>12</v>
       </c>
       <c r="D414" s="9" t="s">
         <v>1493</v>
       </c>
       <c r="E414" s="46">
         <v>43874</v>
       </c>
       <c r="F414" s="47">
         <v>45335</v>
       </c>
       <c r="G414" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H414" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I414" s="9" t="s">
         <v>1477</v>
       </c>
       <c r="J414" s="9" t="s">
         <v>1478</v>
       </c>
       <c r="K414" s="26" t="s">
         <v>1479</v>
       </c>
       <c r="L414" s="9" t="s">
         <v>1480</v>
       </c>
       <c r="M414" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="415" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="415" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A415" s="18" t="s">
         <v>1494</v>
       </c>
       <c r="B415" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C415" s="19">
         <v>12</v>
       </c>
       <c r="D415" s="9" t="s">
         <v>1495</v>
       </c>
       <c r="E415" s="46">
         <v>42789</v>
       </c>
       <c r="F415" s="47">
         <v>47172</v>
       </c>
       <c r="G415" s="9" t="s">
         <v>413</v>
       </c>
       <c r="H415" s="9" t="s">
         <v>1496</v>
       </c>
       <c r="I415" s="9" t="s">
         <v>1497</v>
       </c>
       <c r="J415" s="9" t="s">
         <v>470</v>
       </c>
       <c r="K415" s="33" t="s">
         <v>1498</v>
       </c>
       <c r="L415" s="9" t="s">
         <v>1499</v>
       </c>
       <c r="M415" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="416" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="416" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A416" s="18" t="s">
         <v>1500</v>
       </c>
       <c r="B416" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C416" s="19">
         <v>6</v>
       </c>
       <c r="D416" s="9" t="s">
         <v>1501</v>
       </c>
       <c r="E416" s="46">
         <v>42789</v>
       </c>
       <c r="F416" s="47">
         <v>47172</v>
       </c>
       <c r="G416" s="9" t="s">
         <v>1502</v>
       </c>
       <c r="H416" s="9" t="s">
         <v>1503</v>
       </c>
       <c r="I416" s="9" t="s">
         <v>1504</v>
       </c>
       <c r="J416" s="9" t="s">
         <v>1505</v>
       </c>
       <c r="K416" s="26" t="s">
         <v>1506</v>
       </c>
       <c r="L416" s="9" t="s">
         <v>1507</v>
       </c>
       <c r="M416" s="10" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="417" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="417" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A417" s="11" t="s">
         <v>1508</v>
       </c>
       <c r="B417" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C417" s="24">
         <v>8</v>
       </c>
       <c r="D417" s="16" t="s">
         <v>1011</v>
       </c>
       <c r="E417" s="44">
         <v>42789</v>
       </c>
       <c r="F417" s="45">
         <v>44250</v>
       </c>
       <c r="G417" s="16" t="s">
         <v>1452</v>
       </c>
       <c r="H417" s="16" t="s">
         <v>964</v>
       </c>
       <c r="I417" s="16" t="s">
         <v>1509</v>
       </c>
       <c r="J417" s="16" t="s">
         <v>1510</v>
       </c>
       <c r="K417" s="48" t="s">
         <v>967</v>
       </c>
       <c r="L417" s="16" t="s">
         <v>1511</v>
       </c>
       <c r="M417" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="418" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="418" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A418" s="11" t="s">
         <v>1512</v>
       </c>
       <c r="B418" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C418" s="24">
         <v>6</v>
       </c>
       <c r="D418" s="16" t="s">
         <v>1513</v>
       </c>
       <c r="E418" s="44">
         <v>42789</v>
       </c>
       <c r="F418" s="45">
         <v>44250</v>
       </c>
       <c r="G418" s="16" t="s">
         <v>1104</v>
       </c>
       <c r="H418" s="16" t="s">
         <v>1105</v>
       </c>
       <c r="I418" s="16" t="s">
         <v>1106</v>
       </c>
       <c r="J418" s="16" t="s">
         <v>1514</v>
       </c>
       <c r="K418" s="48" t="s">
         <v>1108</v>
       </c>
       <c r="L418" s="16" t="s">
         <v>1109</v>
       </c>
       <c r="M418" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="419" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="419" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A419" s="11" t="s">
         <v>1515</v>
       </c>
       <c r="B419" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C419" s="12">
         <v>2</v>
       </c>
       <c r="D419" s="16" t="s">
         <v>1516</v>
       </c>
       <c r="E419" s="44">
         <v>42845</v>
       </c>
       <c r="F419" s="45">
         <v>44306</v>
       </c>
       <c r="G419" s="16" t="s">
         <v>1517</v>
       </c>
       <c r="H419" s="16" t="s">
         <v>1518</v>
       </c>
       <c r="I419" s="16" t="s">
         <v>1519</v>
       </c>
       <c r="J419" s="16" t="s">
         <v>555</v>
       </c>
       <c r="K419" s="48" t="s">
         <v>1520</v>
       </c>
       <c r="L419" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M419" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="420" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="420" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A420" s="11" t="s">
         <v>1522</v>
       </c>
       <c r="B420" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C420" s="24">
         <v>4</v>
       </c>
       <c r="D420" s="16" t="s">
         <v>1523</v>
       </c>
       <c r="E420" s="44">
         <v>42845</v>
       </c>
       <c r="F420" s="45">
         <v>44306</v>
       </c>
       <c r="G420" s="16" t="s">
         <v>1517</v>
       </c>
       <c r="H420" s="16" t="s">
         <v>1518</v>
       </c>
       <c r="I420" s="16" t="s">
         <v>1519</v>
       </c>
       <c r="J420" s="16" t="s">
         <v>555</v>
       </c>
       <c r="K420" s="48" t="s">
         <v>1520</v>
       </c>
       <c r="L420" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M420" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="421" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="421" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A421" s="11" t="s">
         <v>1524</v>
       </c>
       <c r="B421" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C421" s="24">
         <v>4</v>
       </c>
       <c r="D421" s="16" t="s">
         <v>1525</v>
       </c>
       <c r="E421" s="44">
         <v>42845</v>
       </c>
       <c r="F421" s="45">
         <v>44306</v>
       </c>
       <c r="G421" s="16" t="s">
         <v>1517</v>
       </c>
       <c r="H421" s="16" t="s">
         <v>1518</v>
       </c>
       <c r="I421" s="16" t="s">
         <v>1519</v>
       </c>
       <c r="J421" s="16" t="s">
         <v>555</v>
       </c>
       <c r="K421" s="48" t="s">
         <v>1520</v>
       </c>
       <c r="L421" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M421" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="422" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="422" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A422" s="11" t="s">
         <v>1526</v>
       </c>
       <c r="B422" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C422" s="24">
         <v>3</v>
       </c>
       <c r="D422" s="16" t="s">
         <v>1527</v>
       </c>
       <c r="E422" s="44">
         <v>42845</v>
       </c>
       <c r="F422" s="45">
         <v>44306</v>
       </c>
       <c r="G422" s="16" t="s">
         <v>1517</v>
       </c>
       <c r="H422" s="16" t="s">
         <v>1518</v>
       </c>
       <c r="I422" s="16" t="s">
         <v>1519</v>
       </c>
       <c r="J422" s="16" t="s">
         <v>555</v>
       </c>
       <c r="K422" s="48" t="s">
         <v>1520</v>
       </c>
       <c r="L422" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M422" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="423" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="423" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A423" s="11" t="s">
         <v>1528</v>
       </c>
       <c r="B423" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C423" s="24">
         <v>12</v>
       </c>
       <c r="D423" s="16" t="s">
         <v>1529</v>
       </c>
       <c r="E423" s="44">
         <v>42845</v>
       </c>
       <c r="F423" s="45">
         <v>44306</v>
       </c>
       <c r="G423" s="16" t="s">
         <v>1530</v>
       </c>
       <c r="H423" s="16" t="s">
         <v>1531</v>
       </c>
       <c r="I423" s="16" t="s">
         <v>1532</v>
       </c>
       <c r="J423" s="16" t="s">
         <v>1533</v>
       </c>
       <c r="K423" s="48" t="s">
         <v>1534</v>
       </c>
       <c r="L423" s="16" t="s">
         <v>1535</v>
       </c>
       <c r="M423" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="424" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="424" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A424" s="18" t="s">
         <v>1536</v>
       </c>
       <c r="B424" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C424" s="19">
         <v>4</v>
       </c>
       <c r="D424" s="9" t="s">
         <v>1537</v>
       </c>
       <c r="E424" s="46">
         <v>42845</v>
       </c>
       <c r="F424" s="47">
         <v>45767</v>
       </c>
       <c r="G424" s="9" t="s">
         <v>1104</v>
       </c>
       <c r="H424" s="9" t="s">
         <v>1105</v>
       </c>
       <c r="I424" s="9" t="s">
         <v>1106</v>
       </c>
       <c r="J424" s="9" t="s">
         <v>1514</v>
       </c>
       <c r="K424" s="26" t="s">
         <v>1108</v>
       </c>
       <c r="L424" s="9" t="s">
         <v>1109</v>
       </c>
       <c r="M424" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="425" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="425" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A425" s="11" t="s">
         <v>1538</v>
       </c>
       <c r="B425" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C425" s="12">
         <v>2</v>
       </c>
       <c r="D425" s="16" t="s">
         <v>1539</v>
       </c>
       <c r="E425" s="44">
         <v>42845</v>
       </c>
       <c r="F425" s="45">
         <v>44306</v>
       </c>
       <c r="G425" s="16" t="s">
         <v>1104</v>
       </c>
       <c r="H425" s="16" t="s">
         <v>1105</v>
       </c>
       <c r="I425" s="16" t="s">
         <v>1106</v>
       </c>
       <c r="J425" s="16" t="s">
         <v>1514</v>
       </c>
       <c r="K425" s="48" t="s">
         <v>1108</v>
       </c>
       <c r="L425" s="16" t="s">
         <v>1109</v>
       </c>
       <c r="M425" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="426" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="426" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A426" s="11" t="s">
         <v>1540</v>
       </c>
       <c r="B426" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C426" s="24">
         <v>3</v>
       </c>
       <c r="D426" s="16" t="s">
         <v>1541</v>
       </c>
       <c r="E426" s="44">
         <v>42908</v>
       </c>
       <c r="F426" s="45">
         <v>44369</v>
       </c>
       <c r="G426" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H426" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I426" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J426" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K426" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L426" s="16" t="s">
         <v>1547</v>
       </c>
       <c r="M426" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="427" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="427" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A427" s="11" t="s">
         <v>1548</v>
       </c>
       <c r="B427" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C427" s="12">
         <v>2</v>
       </c>
       <c r="D427" s="16" t="s">
         <v>1549</v>
       </c>
       <c r="E427" s="44">
         <v>42908</v>
       </c>
       <c r="F427" s="45">
         <v>44369</v>
       </c>
       <c r="G427" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H427" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I427" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J427" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K427" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L427" s="16" t="s">
         <v>1550</v>
       </c>
       <c r="M427" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="428" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="428" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A428" s="11" t="s">
         <v>1551</v>
       </c>
       <c r="B428" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C428" s="24">
         <v>3</v>
       </c>
       <c r="D428" s="16" t="s">
         <v>1552</v>
       </c>
       <c r="E428" s="44">
         <v>42908</v>
       </c>
       <c r="F428" s="45">
         <v>44369</v>
       </c>
       <c r="G428" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H428" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I428" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J428" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K428" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L428" s="16" t="s">
         <v>1553</v>
       </c>
       <c r="M428" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="429" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="429" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A429" s="11" t="s">
         <v>1554</v>
       </c>
       <c r="B429" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C429" s="24">
         <v>3</v>
       </c>
       <c r="D429" s="16" t="s">
         <v>1555</v>
       </c>
       <c r="E429" s="44">
         <v>42908</v>
       </c>
       <c r="F429" s="45">
         <v>44369</v>
       </c>
       <c r="G429" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H429" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I429" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J429" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K429" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L429" s="16" t="s">
         <v>1556</v>
       </c>
       <c r="M429" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="430" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="430" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A430" s="11" t="s">
         <v>1557</v>
       </c>
       <c r="B430" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C430" s="24">
         <v>3</v>
       </c>
       <c r="D430" s="16" t="s">
         <v>1558</v>
       </c>
       <c r="E430" s="44">
         <v>42908</v>
       </c>
       <c r="F430" s="45">
         <v>44369</v>
       </c>
       <c r="G430" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H430" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I430" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J430" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K430" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L430" s="16" t="s">
         <v>1559</v>
       </c>
       <c r="M430" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="431" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="431" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A431" s="11" t="s">
         <v>1560</v>
       </c>
       <c r="B431" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C431" s="24">
         <v>1</v>
       </c>
       <c r="D431" s="16" t="s">
         <v>1561</v>
       </c>
       <c r="E431" s="44">
         <v>42908</v>
       </c>
       <c r="F431" s="45">
         <v>44369</v>
       </c>
       <c r="G431" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H431" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I431" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J431" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K431" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L431" s="16" t="s">
         <v>1562</v>
       </c>
       <c r="M431" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="432" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="432" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A432" s="11" t="s">
         <v>1563</v>
       </c>
       <c r="B432" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C432" s="24">
         <v>3</v>
       </c>
       <c r="D432" s="16" t="s">
         <v>1564</v>
       </c>
       <c r="E432" s="44">
         <v>42908</v>
       </c>
       <c r="F432" s="45">
         <v>44369</v>
       </c>
       <c r="G432" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H432" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I432" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J432" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K432" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L432" s="16" t="s">
         <v>1565</v>
       </c>
       <c r="M432" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="433" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="433" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A433" s="11" t="s">
         <v>1566</v>
       </c>
       <c r="B433" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C433" s="12">
         <v>2</v>
       </c>
       <c r="D433" s="16" t="s">
         <v>1567</v>
       </c>
       <c r="E433" s="44">
         <v>42908</v>
       </c>
       <c r="F433" s="45">
         <v>44369</v>
       </c>
       <c r="G433" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H433" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I433" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J433" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K433" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L433" s="16" t="s">
         <v>1568</v>
       </c>
       <c r="M433" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="434" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="434" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A434" s="11" t="s">
         <v>1569</v>
       </c>
       <c r="B434" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C434" s="24">
         <v>4</v>
       </c>
       <c r="D434" s="16" t="s">
         <v>1570</v>
       </c>
       <c r="E434" s="44">
         <v>42908</v>
       </c>
       <c r="F434" s="45">
         <v>44369</v>
       </c>
       <c r="G434" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H434" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I434" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J434" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K434" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L434" s="16" t="s">
         <v>1571</v>
       </c>
       <c r="M434" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="435" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="435" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A435" s="11" t="s">
         <v>1572</v>
       </c>
       <c r="B435" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C435" s="24">
         <v>4</v>
       </c>
       <c r="D435" s="16" t="s">
         <v>1573</v>
       </c>
       <c r="E435" s="44">
         <v>42908</v>
       </c>
       <c r="F435" s="45">
         <v>44369</v>
       </c>
       <c r="G435" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H435" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I435" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J435" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K435" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L435" s="16" t="s">
         <v>1574</v>
       </c>
       <c r="M435" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="436" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="436" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A436" s="11" t="s">
         <v>1575</v>
       </c>
       <c r="B436" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C436" s="24">
         <v>3</v>
       </c>
       <c r="D436" s="16" t="s">
         <v>1576</v>
       </c>
       <c r="E436" s="44">
         <v>42908</v>
       </c>
       <c r="F436" s="45">
         <v>44369</v>
       </c>
       <c r="G436" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H436" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I436" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J436" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K436" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L436" s="16" t="s">
         <v>1577</v>
       </c>
       <c r="M436" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="437" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="437" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A437" s="11" t="s">
         <v>1578</v>
       </c>
       <c r="B437" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C437" s="12">
         <v>2</v>
       </c>
       <c r="D437" s="16" t="s">
         <v>1579</v>
       </c>
       <c r="E437" s="44">
         <v>42908</v>
       </c>
       <c r="F437" s="45">
         <v>44369</v>
       </c>
       <c r="G437" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H437" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I437" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J437" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K437" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L437" s="16" t="s">
         <v>1580</v>
       </c>
       <c r="M437" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="438" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="438" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A438" s="11" t="s">
         <v>1581</v>
       </c>
       <c r="B438" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C438" s="12">
         <v>2</v>
       </c>
       <c r="D438" s="16" t="s">
         <v>1582</v>
       </c>
       <c r="E438" s="44">
         <v>42908</v>
       </c>
       <c r="F438" s="45">
         <v>44369</v>
       </c>
       <c r="G438" s="16" t="s">
         <v>1542</v>
       </c>
       <c r="H438" s="16" t="s">
         <v>1543</v>
       </c>
       <c r="I438" s="16" t="s">
         <v>1544</v>
       </c>
       <c r="J438" s="16" t="s">
         <v>1545</v>
       </c>
       <c r="K438" s="48" t="s">
         <v>1546</v>
       </c>
       <c r="L438" s="16" t="s">
         <v>1583</v>
       </c>
       <c r="M438" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="439" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="439" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A439" s="11" t="s">
         <v>1584</v>
       </c>
       <c r="B439" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C439" s="24">
         <v>4</v>
       </c>
       <c r="D439" s="16" t="s">
         <v>1585</v>
       </c>
       <c r="E439" s="44">
         <v>42908</v>
       </c>
       <c r="F439" s="45">
         <v>44369</v>
       </c>
       <c r="G439" s="16" t="s">
         <v>1586</v>
       </c>
       <c r="H439" s="16" t="s">
         <v>1587</v>
       </c>
       <c r="I439" s="16" t="s">
         <v>1588</v>
       </c>
       <c r="J439" s="16" t="s">
         <v>1034</v>
       </c>
       <c r="K439" s="48" t="s">
         <v>1294</v>
       </c>
       <c r="L439" s="62" t="s">
         <v>858</v>
       </c>
       <c r="M439" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="440" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="440" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A440" s="18" t="s">
         <v>1589</v>
       </c>
       <c r="B440" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C440" s="19">
         <v>8</v>
       </c>
       <c r="D440" s="9" t="s">
         <v>1590</v>
       </c>
       <c r="E440" s="46">
         <v>42908</v>
       </c>
       <c r="F440" s="47">
         <v>47291</v>
       </c>
       <c r="G440" s="9" t="s">
         <v>1586</v>
       </c>
       <c r="H440" s="9" t="s">
         <v>854</v>
       </c>
       <c r="I440" s="9" t="s">
         <v>862</v>
       </c>
       <c r="J440" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K440" s="26" t="s">
         <v>1294</v>
       </c>
       <c r="L440" s="58" t="s">
         <v>858</v>
       </c>
       <c r="M440" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="441" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="441" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A441" s="11" t="s">
         <v>1591</v>
       </c>
       <c r="B441" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C441" s="24">
         <v>4</v>
       </c>
       <c r="D441" s="16" t="s">
         <v>1592</v>
       </c>
       <c r="E441" s="44">
         <v>42908</v>
       </c>
       <c r="F441" s="45">
         <v>44369</v>
       </c>
       <c r="G441" s="16" t="s">
         <v>1593</v>
       </c>
       <c r="H441" s="16" t="s">
         <v>1594</v>
       </c>
       <c r="I441" s="16" t="s">
         <v>1595</v>
       </c>
       <c r="J441" s="16" t="s">
         <v>1029</v>
       </c>
       <c r="K441" s="48" t="s">
         <v>1596</v>
       </c>
       <c r="L441" s="16" t="s">
         <v>1597</v>
       </c>
       <c r="M441" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="442" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="442" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A442" s="11" t="s">
         <v>1598</v>
       </c>
       <c r="B442" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C442" s="24">
         <v>4</v>
       </c>
       <c r="D442" s="16" t="s">
         <v>1599</v>
       </c>
       <c r="E442" s="44">
         <v>42908</v>
       </c>
       <c r="F442" s="45">
         <v>44369</v>
       </c>
       <c r="G442" s="16" t="s">
         <v>1593</v>
       </c>
       <c r="H442" s="16" t="s">
         <v>1594</v>
       </c>
       <c r="I442" s="16" t="s">
         <v>1595</v>
       </c>
       <c r="J442" s="16" t="s">
         <v>1029</v>
       </c>
       <c r="K442" s="48" t="s">
         <v>1596</v>
       </c>
       <c r="L442" s="16" t="s">
         <v>1597</v>
       </c>
       <c r="M442" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="443" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="443" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A443" s="11" t="s">
         <v>1600</v>
       </c>
       <c r="B443" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C443" s="12">
         <v>2</v>
       </c>
       <c r="D443" s="16" t="s">
         <v>1601</v>
       </c>
       <c r="E443" s="44">
         <v>42971</v>
       </c>
       <c r="F443" s="45">
         <v>44432</v>
       </c>
       <c r="G443" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H443" s="16" t="s">
         <v>1603</v>
       </c>
       <c r="I443" s="16" t="s">
         <v>1604</v>
       </c>
       <c r="J443" s="16" t="s">
         <v>1605</v>
       </c>
       <c r="K443" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L443" s="16" t="s">
         <v>1607</v>
       </c>
       <c r="M443" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="444" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="444" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A444" s="11" t="s">
         <v>1608</v>
       </c>
       <c r="B444" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C444" s="12">
         <v>2</v>
       </c>
       <c r="D444" s="16" t="s">
         <v>1609</v>
       </c>
       <c r="E444" s="44">
         <v>42971</v>
       </c>
       <c r="F444" s="45">
         <v>44432</v>
       </c>
       <c r="G444" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H444" s="16" t="s">
         <v>1610</v>
       </c>
       <c r="I444" s="16" t="s">
         <v>1611</v>
       </c>
       <c r="J444" s="16" t="s">
         <v>648</v>
       </c>
       <c r="K444" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L444" s="16" t="s">
         <v>1612</v>
       </c>
       <c r="M444" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="445" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="445" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A445" s="11" t="s">
         <v>1613</v>
       </c>
       <c r="B445" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C445" s="12">
         <v>2</v>
       </c>
       <c r="D445" s="16" t="s">
         <v>1614</v>
       </c>
       <c r="E445" s="44">
         <v>42971</v>
       </c>
       <c r="F445" s="45">
         <v>44432</v>
       </c>
       <c r="G445" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H445" s="16" t="s">
         <v>1610</v>
       </c>
       <c r="I445" s="16" t="s">
         <v>1615</v>
       </c>
       <c r="J445" s="16" t="s">
         <v>463</v>
       </c>
       <c r="K445" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L445" s="16" t="s">
         <v>1616</v>
       </c>
       <c r="M445" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="446" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="446" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A446" s="11" t="s">
         <v>1617</v>
       </c>
       <c r="B446" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C446" s="12">
         <v>2</v>
       </c>
       <c r="D446" s="16" t="s">
         <v>1618</v>
       </c>
       <c r="E446" s="44">
         <v>42971</v>
       </c>
       <c r="F446" s="45">
         <v>44432</v>
       </c>
       <c r="G446" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H446" s="16" t="s">
         <v>1610</v>
       </c>
       <c r="I446" s="16" t="s">
         <v>1619</v>
       </c>
       <c r="J446" s="16" t="s">
         <v>20</v>
       </c>
       <c r="K446" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L446" s="16" t="s">
         <v>1620</v>
       </c>
       <c r="M446" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="447" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="447" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A447" s="11" t="s">
         <v>1621</v>
       </c>
       <c r="B447" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C447" s="12">
         <v>2</v>
       </c>
       <c r="D447" s="16" t="s">
         <v>1622</v>
       </c>
       <c r="E447" s="44">
         <v>42971</v>
       </c>
       <c r="F447" s="45">
         <v>44432</v>
       </c>
       <c r="G447" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H447" s="16" t="s">
         <v>1603</v>
       </c>
       <c r="I447" s="16" t="s">
         <v>1623</v>
       </c>
       <c r="J447" s="16" t="s">
         <v>1624</v>
       </c>
       <c r="K447" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L447" s="16" t="s">
         <v>1625</v>
       </c>
       <c r="M447" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="448" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="448" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A448" s="11" t="s">
         <v>1626</v>
       </c>
       <c r="B448" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C448" s="12">
         <v>2</v>
       </c>
       <c r="D448" s="16" t="s">
         <v>1627</v>
       </c>
       <c r="E448" s="44">
         <v>42971</v>
       </c>
       <c r="F448" s="45">
         <v>44432</v>
       </c>
       <c r="G448" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H448" s="16" t="s">
         <v>1603</v>
       </c>
       <c r="I448" s="16" t="s">
         <v>1628</v>
       </c>
       <c r="J448" s="16" t="s">
         <v>1629</v>
       </c>
       <c r="K448" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L448" s="16" t="s">
         <v>1630</v>
       </c>
       <c r="M448" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="449" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="449" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A449" s="11" t="s">
         <v>1631</v>
       </c>
       <c r="B449" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C449" s="12">
         <v>2</v>
       </c>
       <c r="D449" s="16" t="s">
         <v>1632</v>
       </c>
       <c r="E449" s="44">
         <v>42971</v>
       </c>
       <c r="F449" s="45">
         <v>44432</v>
       </c>
       <c r="G449" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H449" s="16" t="s">
         <v>1603</v>
       </c>
       <c r="I449" s="16" t="s">
         <v>1633</v>
       </c>
       <c r="J449" s="16" t="s">
         <v>1634</v>
       </c>
       <c r="K449" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L449" s="16" t="s">
         <v>1635</v>
       </c>
       <c r="M449" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="450" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="450" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A450" s="11" t="s">
         <v>1636</v>
       </c>
       <c r="B450" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C450" s="12">
         <v>2</v>
       </c>
       <c r="D450" s="16" t="s">
         <v>1637</v>
       </c>
       <c r="E450" s="44">
         <v>42971</v>
       </c>
       <c r="F450" s="45">
         <v>44432</v>
       </c>
       <c r="G450" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H450" s="16" t="s">
         <v>1603</v>
       </c>
       <c r="I450" s="16" t="s">
         <v>1638</v>
       </c>
       <c r="J450" s="16" t="s">
         <v>1639</v>
       </c>
       <c r="K450" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L450" s="16" t="s">
         <v>1640</v>
       </c>
       <c r="M450" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="451" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="451" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A451" s="11" t="s">
         <v>1641</v>
       </c>
       <c r="B451" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C451" s="12">
         <v>2</v>
       </c>
       <c r="D451" s="16" t="s">
         <v>1642</v>
       </c>
       <c r="E451" s="44">
         <v>42971</v>
       </c>
       <c r="F451" s="45">
         <v>44432</v>
       </c>
       <c r="G451" s="16" t="s">
         <v>1602</v>
       </c>
       <c r="H451" s="16" t="s">
         <v>1610</v>
       </c>
       <c r="I451" s="16" t="s">
         <v>1643</v>
       </c>
       <c r="J451" s="16" t="s">
         <v>1644</v>
       </c>
       <c r="K451" s="48" t="s">
         <v>1606</v>
       </c>
       <c r="L451" s="16" t="s">
         <v>1645</v>
       </c>
       <c r="M451" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="452" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="452" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A452" s="18" t="s">
         <v>1646</v>
       </c>
       <c r="B452" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C452" s="19">
         <v>6</v>
       </c>
       <c r="D452" s="9" t="s">
         <v>1647</v>
       </c>
       <c r="E452" s="46">
         <v>43000</v>
       </c>
       <c r="F452" s="47">
         <v>45922</v>
       </c>
       <c r="G452" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H452" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I452" s="9" t="s">
         <v>1648</v>
       </c>
       <c r="J452" s="9" t="s">
         <v>1649</v>
       </c>
       <c r="K452" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L452" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="M452" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="453" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="453" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A453" s="18" t="s">
         <v>1651</v>
       </c>
       <c r="B453" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C453" s="19">
         <v>6</v>
       </c>
       <c r="D453" s="9" t="s">
         <v>1652</v>
       </c>
       <c r="E453" s="46">
         <v>43000</v>
       </c>
       <c r="F453" s="47">
         <v>45922</v>
       </c>
       <c r="G453" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H453" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I453" s="9" t="s">
         <v>1653</v>
       </c>
       <c r="J453" s="9" t="s">
         <v>1654</v>
       </c>
       <c r="K453" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L453" s="9" t="s">
         <v>1655</v>
       </c>
       <c r="M453" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="454" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="454" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A454" s="18" t="s">
         <v>1656</v>
       </c>
       <c r="B454" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C454" s="19">
         <v>6</v>
       </c>
       <c r="D454" s="9" t="s">
         <v>1657</v>
       </c>
       <c r="E454" s="46">
         <v>43000</v>
       </c>
       <c r="F454" s="47">
         <v>45922</v>
       </c>
       <c r="G454" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H454" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I454" s="9" t="s">
         <v>1658</v>
       </c>
       <c r="J454" s="9" t="s">
         <v>1659</v>
       </c>
       <c r="K454" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L454" s="9" t="s">
         <v>1660</v>
       </c>
       <c r="M454" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="455" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="455" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A455" s="18" t="s">
         <v>1661</v>
       </c>
       <c r="B455" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C455" s="19">
         <v>6</v>
       </c>
       <c r="D455" s="9" t="s">
         <v>1662</v>
       </c>
       <c r="E455" s="46">
         <v>43000</v>
       </c>
       <c r="F455" s="47">
         <v>45922</v>
       </c>
       <c r="G455" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H455" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I455" s="9" t="s">
         <v>1663</v>
       </c>
       <c r="J455" s="9" t="s">
         <v>1664</v>
       </c>
       <c r="K455" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L455" s="9" t="s">
         <v>1665</v>
       </c>
       <c r="M455" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="456" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="456" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A456" s="18" t="s">
         <v>1666</v>
       </c>
       <c r="B456" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C456" s="19">
         <v>6</v>
       </c>
       <c r="D456" s="9" t="s">
         <v>1667</v>
       </c>
       <c r="E456" s="46">
         <v>43000</v>
       </c>
       <c r="F456" s="47">
         <v>45922</v>
       </c>
       <c r="G456" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H456" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I456" s="9" t="s">
         <v>1668</v>
       </c>
       <c r="J456" s="9" t="s">
         <v>1669</v>
       </c>
       <c r="K456" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L456" s="9" t="s">
         <v>1670</v>
       </c>
       <c r="M456" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="457" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="457" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A457" s="18" t="s">
         <v>1671</v>
       </c>
       <c r="B457" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C457" s="19">
         <v>6</v>
       </c>
       <c r="D457" s="9" t="s">
         <v>1672</v>
       </c>
       <c r="E457" s="46">
         <v>43000</v>
       </c>
       <c r="F457" s="47">
         <v>45922</v>
       </c>
       <c r="G457" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H457" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I457" s="9" t="s">
         <v>1673</v>
       </c>
       <c r="J457" s="9" t="s">
         <v>1674</v>
       </c>
       <c r="K457" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L457" s="9" t="s">
         <v>1675</v>
       </c>
       <c r="M457" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="458" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="458" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A458" s="18" t="s">
         <v>1676</v>
       </c>
       <c r="B458" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C458" s="19">
         <v>6</v>
       </c>
       <c r="D458" s="9" t="s">
         <v>1677</v>
       </c>
       <c r="E458" s="46">
         <v>42971</v>
       </c>
       <c r="F458" s="47">
         <v>45893</v>
       </c>
       <c r="G458" s="9" t="s">
         <v>125</v>
       </c>
       <c r="H458" s="9" t="s">
         <v>126</v>
       </c>
       <c r="I458" s="9" t="s">
         <v>127</v>
       </c>
       <c r="J458" s="9" t="s">
         <v>642</v>
       </c>
       <c r="K458" s="26" t="s">
         <v>910</v>
       </c>
       <c r="L458" s="9" t="s">
         <v>1678</v>
       </c>
       <c r="M458" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="459" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="459" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A459" s="18" t="s">
         <v>1679</v>
       </c>
       <c r="B459" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C459" s="19">
         <v>6</v>
       </c>
       <c r="D459" s="9" t="s">
         <v>1680</v>
       </c>
       <c r="E459" s="46">
         <v>42971</v>
       </c>
       <c r="F459" s="47">
         <v>45893</v>
       </c>
       <c r="G459" s="9" t="s">
         <v>125</v>
       </c>
       <c r="H459" s="9" t="s">
         <v>126</v>
       </c>
       <c r="I459" s="9" t="s">
         <v>127</v>
       </c>
       <c r="J459" s="9" t="s">
         <v>642</v>
       </c>
       <c r="K459" s="26" t="s">
         <v>910</v>
       </c>
       <c r="L459" s="9" t="s">
         <v>1678</v>
       </c>
       <c r="M459" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="460" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="460" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A460" s="18" t="s">
         <v>1681</v>
       </c>
       <c r="B460" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C460" s="19">
         <v>6</v>
       </c>
       <c r="D460" s="9" t="s">
         <v>1682</v>
       </c>
       <c r="E460" s="46">
         <v>42971</v>
       </c>
       <c r="F460" s="47">
         <v>47354</v>
       </c>
       <c r="G460" s="9" t="s">
         <v>1683</v>
       </c>
       <c r="H460" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I460" s="9" t="s">
         <v>29</v>
       </c>
       <c r="J460" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K460" s="26" t="s">
         <v>31</v>
       </c>
       <c r="L460" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="M460" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="461" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="461" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A461" s="11" t="s">
         <v>1686</v>
       </c>
       <c r="B461" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C461" s="24">
         <v>4</v>
       </c>
       <c r="D461" s="16" t="s">
         <v>1687</v>
       </c>
       <c r="E461" s="44">
         <v>42971</v>
       </c>
       <c r="F461" s="45">
         <v>44432</v>
       </c>
       <c r="G461" s="16" t="s">
         <v>1688</v>
       </c>
       <c r="H461" s="16" t="s">
         <v>1689</v>
       </c>
       <c r="I461" s="16" t="s">
         <v>1690</v>
       </c>
       <c r="J461" s="16" t="s">
         <v>1691</v>
       </c>
       <c r="K461" s="48" t="s">
         <v>1692</v>
       </c>
       <c r="L461" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M461" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="462" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="462" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A462" s="11" t="s">
         <v>1693</v>
       </c>
       <c r="B462" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C462" s="24">
         <v>4</v>
       </c>
       <c r="D462" s="16" t="s">
         <v>1694</v>
       </c>
       <c r="E462" s="44">
         <v>42971</v>
       </c>
       <c r="F462" s="45">
         <v>44432</v>
       </c>
       <c r="G462" s="16" t="s">
         <v>1688</v>
       </c>
       <c r="H462" s="16" t="s">
         <v>1689</v>
       </c>
       <c r="I462" s="16" t="s">
         <v>1690</v>
       </c>
       <c r="J462" s="16" t="s">
         <v>1691</v>
       </c>
       <c r="K462" s="48" t="s">
         <v>1692</v>
       </c>
       <c r="L462" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M462" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="463" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="463" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A463" s="11" t="s">
         <v>1695</v>
       </c>
       <c r="B463" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C463" s="24">
         <v>3</v>
       </c>
       <c r="D463" s="16" t="s">
         <v>1696</v>
       </c>
       <c r="E463" s="44">
         <v>42971</v>
       </c>
       <c r="F463" s="45">
         <v>44432</v>
       </c>
       <c r="G463" s="16" t="s">
         <v>1688</v>
       </c>
       <c r="H463" s="16" t="s">
         <v>1689</v>
       </c>
       <c r="I463" s="16" t="s">
         <v>1690</v>
       </c>
       <c r="J463" s="16" t="s">
         <v>1691</v>
       </c>
       <c r="K463" s="48" t="s">
         <v>1692</v>
       </c>
       <c r="L463" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M463" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="464" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="464" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A464" s="11" t="s">
         <v>1697</v>
       </c>
       <c r="B464" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C464" s="12">
         <v>2</v>
       </c>
       <c r="D464" s="16" t="s">
         <v>1698</v>
       </c>
       <c r="E464" s="44">
         <v>42971</v>
       </c>
       <c r="F464" s="45">
         <v>44432</v>
       </c>
       <c r="G464" s="16" t="s">
         <v>1688</v>
       </c>
       <c r="H464" s="16" t="s">
         <v>1689</v>
       </c>
       <c r="I464" s="16" t="s">
         <v>1690</v>
       </c>
       <c r="J464" s="16" t="s">
         <v>1691</v>
       </c>
       <c r="K464" s="48" t="s">
         <v>1692</v>
       </c>
       <c r="L464" s="16" t="s">
         <v>1521</v>
       </c>
       <c r="M464" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="465" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="465" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A465" s="18" t="s">
         <v>1699</v>
       </c>
       <c r="B465" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C465" s="19">
         <v>6</v>
       </c>
       <c r="D465" s="9" t="s">
         <v>1700</v>
       </c>
       <c r="E465" s="46">
         <v>42971</v>
       </c>
       <c r="F465" s="47">
         <v>47354</v>
       </c>
       <c r="G465" s="9" t="s">
         <v>1683</v>
       </c>
       <c r="H465" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I465" s="9" t="s">
         <v>1701</v>
       </c>
       <c r="J465" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K465" s="26" t="s">
         <v>1384</v>
       </c>
       <c r="L465" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="M465" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="466" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="466" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A466" s="18" t="s">
         <v>1702</v>
       </c>
       <c r="B466" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C466" s="19">
         <v>6</v>
       </c>
       <c r="D466" s="9" t="s">
         <v>1703</v>
       </c>
       <c r="E466" s="46">
         <v>42971</v>
       </c>
       <c r="F466" s="47">
         <v>45893</v>
       </c>
       <c r="G466" s="9" t="s">
         <v>1683</v>
       </c>
       <c r="H466" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I466" s="9" t="s">
         <v>1701</v>
       </c>
       <c r="J466" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K466" s="26" t="s">
         <v>1384</v>
       </c>
       <c r="L466" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="M466" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="467" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="467" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A467" s="18" t="s">
         <v>1704</v>
       </c>
       <c r="B467" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C467" s="29">
         <v>2</v>
       </c>
       <c r="D467" s="9" t="s">
         <v>1705</v>
       </c>
       <c r="E467" s="46">
         <v>42971</v>
       </c>
       <c r="F467" s="47">
         <v>47354</v>
       </c>
       <c r="G467" s="9" t="s">
         <v>1683</v>
       </c>
       <c r="H467" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I467" s="9" t="s">
         <v>1701</v>
       </c>
       <c r="J467" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K467" s="26" t="s">
         <v>1384</v>
       </c>
       <c r="L467" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="M467" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="468" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="468" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A468" s="11" t="s">
         <v>1706</v>
       </c>
       <c r="B468" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C468" s="24">
         <v>1</v>
       </c>
       <c r="D468" s="16" t="s">
         <v>1707</v>
       </c>
       <c r="E468" s="44">
         <v>43034</v>
       </c>
       <c r="F468" s="45">
         <v>44495</v>
       </c>
       <c r="G468" s="16" t="s">
         <v>1708</v>
       </c>
       <c r="H468" s="16" t="s">
         <v>1709</v>
       </c>
       <c r="I468" s="16" t="s">
         <v>1710</v>
       </c>
       <c r="J468" s="16" t="s">
         <v>1711</v>
       </c>
       <c r="K468" s="48" t="s">
         <v>1712</v>
       </c>
       <c r="L468" s="16" t="s">
         <v>1713</v>
       </c>
       <c r="M468" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="469" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="469" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A469" s="11" t="s">
         <v>1714</v>
       </c>
       <c r="B469" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C469" s="12">
         <v>2</v>
       </c>
       <c r="D469" s="16" t="s">
         <v>1715</v>
       </c>
       <c r="E469" s="44">
         <v>43034</v>
       </c>
       <c r="F469" s="45">
         <v>44495</v>
       </c>
       <c r="G469" s="16" t="s">
         <v>1708</v>
       </c>
       <c r="H469" s="16" t="s">
         <v>1709</v>
       </c>
       <c r="I469" s="16" t="s">
         <v>1710</v>
       </c>
       <c r="J469" s="16" t="s">
         <v>1711</v>
       </c>
       <c r="K469" s="48" t="s">
         <v>1712</v>
       </c>
       <c r="L469" s="16" t="s">
         <v>1713</v>
       </c>
       <c r="M469" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="470" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="470" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A470" s="11" t="s">
         <v>1716</v>
       </c>
       <c r="B470" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C470" s="24">
         <v>3</v>
       </c>
       <c r="D470" s="16" t="s">
         <v>1717</v>
       </c>
       <c r="E470" s="44">
         <v>43034</v>
       </c>
       <c r="F470" s="45">
         <v>44495</v>
       </c>
       <c r="G470" s="16" t="s">
         <v>1708</v>
       </c>
       <c r="H470" s="16" t="s">
         <v>1709</v>
       </c>
       <c r="I470" s="16" t="s">
         <v>1710</v>
       </c>
       <c r="J470" s="16" t="s">
         <v>1711</v>
       </c>
       <c r="K470" s="48" t="s">
         <v>1712</v>
       </c>
       <c r="L470" s="16" t="s">
         <v>1713</v>
       </c>
       <c r="M470" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="471" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="471" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A471" s="11" t="s">
         <v>1718</v>
       </c>
       <c r="B471" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C471" s="24">
         <v>4</v>
       </c>
       <c r="D471" s="16" t="s">
         <v>1719</v>
       </c>
       <c r="E471" s="44">
         <v>43034</v>
       </c>
       <c r="F471" s="45">
         <v>44495</v>
       </c>
       <c r="G471" s="16" t="s">
         <v>1720</v>
       </c>
       <c r="H471" s="16" t="s">
         <v>964</v>
       </c>
       <c r="I471" s="16" t="s">
         <v>1721</v>
       </c>
       <c r="J471" s="16" t="s">
         <v>1722</v>
       </c>
       <c r="K471" s="48" t="s">
         <v>967</v>
       </c>
       <c r="L471" s="16" t="s">
         <v>1511</v>
       </c>
       <c r="M471" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="472" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="472" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A472" s="11" t="s">
         <v>1723</v>
       </c>
       <c r="B472" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C472" s="24">
         <v>8</v>
       </c>
       <c r="D472" s="16" t="s">
         <v>1724</v>
       </c>
       <c r="E472" s="44">
         <v>43034</v>
       </c>
       <c r="F472" s="45">
         <v>44495</v>
       </c>
       <c r="G472" s="16" t="s">
         <v>1720</v>
       </c>
       <c r="H472" s="16" t="s">
         <v>964</v>
       </c>
       <c r="I472" s="16" t="s">
         <v>1721</v>
       </c>
       <c r="J472" s="16" t="s">
         <v>1722</v>
       </c>
       <c r="K472" s="48" t="s">
         <v>967</v>
       </c>
       <c r="L472" s="16" t="s">
         <v>1511</v>
       </c>
       <c r="M472" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="473" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="473" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A473" s="11" t="s">
         <v>1725</v>
       </c>
       <c r="B473" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C473" s="12">
         <v>2</v>
       </c>
       <c r="D473" s="16" t="s">
         <v>1726</v>
       </c>
       <c r="E473" s="45">
         <v>43090</v>
       </c>
       <c r="F473" s="45">
         <v>44551</v>
       </c>
       <c r="G473" s="16" t="s">
         <v>1727</v>
       </c>
       <c r="H473" s="16" t="s">
         <v>1728</v>
       </c>
       <c r="I473" s="16" t="s">
         <v>1729</v>
       </c>
       <c r="J473" s="16" t="s">
         <v>1730</v>
       </c>
       <c r="K473" s="48" t="s">
         <v>1731</v>
       </c>
       <c r="L473" s="16" t="s">
         <v>1732</v>
       </c>
       <c r="M473" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="474" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="474" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A474" s="11" t="s">
         <v>1733</v>
       </c>
       <c r="B474" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C474" s="24">
         <v>6</v>
       </c>
       <c r="D474" s="16" t="s">
         <v>1734</v>
       </c>
       <c r="E474" s="45">
         <v>43090</v>
       </c>
       <c r="F474" s="45">
         <v>44551</v>
       </c>
       <c r="G474" s="16" t="s">
         <v>1727</v>
       </c>
       <c r="H474" s="16" t="s">
         <v>1728</v>
       </c>
       <c r="I474" s="16" t="s">
         <v>1729</v>
       </c>
       <c r="J474" s="16" t="s">
         <v>1730</v>
       </c>
       <c r="K474" s="48" t="s">
         <v>1731</v>
       </c>
       <c r="L474" s="16" t="s">
         <v>1732</v>
       </c>
       <c r="M474" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="475" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="475" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A475" s="11" t="s">
         <v>1735</v>
       </c>
       <c r="B475" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C475" s="24">
         <v>6</v>
       </c>
       <c r="D475" s="16" t="s">
         <v>1736</v>
       </c>
       <c r="E475" s="45">
         <v>43090</v>
       </c>
       <c r="F475" s="45">
         <v>44551</v>
       </c>
       <c r="G475" s="16" t="s">
         <v>1727</v>
       </c>
       <c r="H475" s="16" t="s">
         <v>1728</v>
       </c>
       <c r="I475" s="16" t="s">
         <v>1729</v>
       </c>
       <c r="J475" s="16" t="s">
         <v>1730</v>
       </c>
       <c r="K475" s="48" t="s">
         <v>1731</v>
       </c>
       <c r="L475" s="16" t="s">
         <v>1732</v>
       </c>
       <c r="M475" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="476" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="476" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A476" s="11" t="s">
         <v>1737</v>
       </c>
       <c r="B476" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C476" s="24">
         <v>6</v>
       </c>
       <c r="D476" s="16" t="s">
         <v>1738</v>
       </c>
       <c r="E476" s="45">
         <v>43090</v>
       </c>
       <c r="F476" s="45">
         <v>44551</v>
       </c>
       <c r="G476" s="16" t="s">
         <v>1727</v>
       </c>
       <c r="H476" s="16" t="s">
         <v>1728</v>
       </c>
       <c r="I476" s="16" t="s">
         <v>1729</v>
       </c>
       <c r="J476" s="16" t="s">
         <v>1730</v>
       </c>
       <c r="K476" s="48" t="s">
         <v>1731</v>
       </c>
       <c r="L476" s="16" t="s">
         <v>1732</v>
       </c>
       <c r="M476" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="477" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="477" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A477" s="11" t="s">
         <v>1739</v>
       </c>
       <c r="B477" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C477" s="24">
         <v>6</v>
       </c>
       <c r="D477" s="16" t="s">
         <v>1740</v>
       </c>
       <c r="E477" s="45">
         <v>43090</v>
       </c>
       <c r="F477" s="45">
         <v>44551</v>
       </c>
       <c r="G477" s="16" t="s">
         <v>1727</v>
       </c>
       <c r="H477" s="16" t="s">
         <v>1728</v>
       </c>
       <c r="I477" s="16" t="s">
         <v>1729</v>
       </c>
       <c r="J477" s="16" t="s">
         <v>1730</v>
       </c>
       <c r="K477" s="48" t="s">
         <v>1731</v>
       </c>
       <c r="L477" s="16" t="s">
         <v>1732</v>
       </c>
       <c r="M477" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="478" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1">
+    <row r="478" spans="1:13" s="1" customFormat="1" ht="16" customHeight="1">
       <c r="A478" s="18" t="s">
         <v>1741</v>
       </c>
       <c r="B478" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C478" s="19">
         <v>6</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>1742</v>
       </c>
       <c r="E478" s="47">
         <v>43090</v>
       </c>
       <c r="F478" s="71">
         <v>46012</v>
       </c>
       <c r="G478" s="1" t="s">
         <v>1743</v>
       </c>
       <c r="H478" s="1" t="s">
         <v>1744</v>
       </c>
       <c r="I478" s="1" t="s">
         <v>1745</v>
       </c>
       <c r="J478" s="1" t="s">
         <v>1746</v>
       </c>
       <c r="K478" s="72" t="s">
         <v>1747</v>
       </c>
       <c r="L478" s="1" t="s">
         <v>1748</v>
       </c>
       <c r="M478" s="10" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="479" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="479" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A479" s="18" t="s">
         <v>1749</v>
       </c>
       <c r="B479" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C479" s="29">
         <v>2</v>
       </c>
       <c r="D479" s="9" t="s">
         <v>1750</v>
       </c>
       <c r="E479" s="47">
         <v>43090</v>
       </c>
       <c r="F479" s="47">
         <v>46012</v>
       </c>
       <c r="G479" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H479" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I479" s="9" t="s">
         <v>1751</v>
       </c>
       <c r="J479" s="9" t="s">
         <v>1649</v>
       </c>
       <c r="K479" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L479" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="M479" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="480" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="480" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A480" s="18" t="s">
         <v>1752</v>
       </c>
       <c r="B480" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C480" s="29">
         <v>2</v>
       </c>
       <c r="D480" s="9" t="s">
         <v>1753</v>
       </c>
       <c r="E480" s="47">
         <v>43090</v>
       </c>
       <c r="F480" s="47">
         <v>46012</v>
       </c>
       <c r="G480" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H480" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I480" s="9" t="s">
         <v>1751</v>
       </c>
       <c r="J480" s="9" t="s">
         <v>1649</v>
       </c>
       <c r="K480" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L480" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="M480" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="481" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="481" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A481" s="18" t="s">
         <v>1754</v>
       </c>
       <c r="B481" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C481" s="29">
         <v>2</v>
       </c>
       <c r="D481" s="9" t="s">
         <v>1755</v>
       </c>
       <c r="E481" s="47">
         <v>43090</v>
       </c>
       <c r="F481" s="47">
         <v>46012</v>
       </c>
       <c r="G481" s="9" t="s">
         <v>1305</v>
       </c>
       <c r="H481" s="9" t="s">
         <v>1306</v>
       </c>
       <c r="I481" s="9" t="s">
         <v>1751</v>
       </c>
       <c r="J481" s="9" t="s">
         <v>1649</v>
       </c>
       <c r="K481" s="26" t="s">
         <v>1309</v>
       </c>
       <c r="L481" s="9" t="s">
         <v>1650</v>
       </c>
       <c r="M481" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="482" spans="1:13" s="1" customFormat="1" ht="15.9" customHeight="1">
+    <row r="482" spans="1:13" s="1" customFormat="1" ht="16" customHeight="1">
       <c r="A482" s="18" t="s">
         <v>1756</v>
       </c>
       <c r="B482" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C482" s="19">
         <v>6</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>1757</v>
       </c>
       <c r="E482" s="47">
         <v>43090</v>
       </c>
       <c r="F482" s="71">
         <v>46012</v>
       </c>
       <c r="G482" s="1" t="s">
         <v>1758</v>
       </c>
       <c r="H482" s="1" t="s">
         <v>1759</v>
       </c>
       <c r="I482" s="1" t="s">
         <v>1760</v>
       </c>
       <c r="J482" s="1" t="s">
         <v>1761</v>
       </c>
       <c r="K482" s="73" t="s">
         <v>1762</v>
       </c>
       <c r="L482" s="1" t="s">
         <v>1763</v>
       </c>
       <c r="M482" s="10" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="483" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="483" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A483" s="11" t="s">
         <v>1764</v>
       </c>
       <c r="B483" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C483" s="24">
         <v>3</v>
       </c>
       <c r="D483" s="16" t="s">
         <v>1765</v>
       </c>
       <c r="E483" s="45">
         <v>43090</v>
       </c>
       <c r="F483" s="45">
         <v>44551</v>
       </c>
       <c r="G483" s="16" t="s">
         <v>1156</v>
       </c>
       <c r="H483" s="16" t="s">
         <v>1156</v>
       </c>
       <c r="I483" s="16" t="s">
         <v>1766</v>
       </c>
       <c r="J483" s="16" t="s">
         <v>1767</v>
       </c>
       <c r="K483" s="48" t="s">
         <v>1158</v>
       </c>
       <c r="L483" s="16" t="s">
         <v>1768</v>
       </c>
       <c r="M483" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="484" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="484" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A484" s="11" t="s">
         <v>1769</v>
       </c>
       <c r="B484" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C484" s="24">
         <v>6</v>
       </c>
       <c r="D484" s="16" t="s">
         <v>1770</v>
       </c>
       <c r="E484" s="45">
         <v>43090</v>
       </c>
       <c r="F484" s="45">
         <v>44551</v>
       </c>
       <c r="G484" s="16" t="s">
         <v>1156</v>
       </c>
       <c r="H484" s="16" t="s">
         <v>1156</v>
       </c>
       <c r="I484" s="16" t="s">
         <v>1766</v>
       </c>
       <c r="J484" s="16" t="s">
         <v>1767</v>
       </c>
       <c r="K484" s="48" t="s">
         <v>1158</v>
       </c>
       <c r="L484" s="16" t="s">
         <v>1768</v>
       </c>
       <c r="M484" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="485" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="485" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A485" s="11" t="s">
         <v>1771</v>
       </c>
       <c r="B485" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C485" s="24">
         <v>3</v>
       </c>
       <c r="D485" s="16" t="s">
         <v>283</v>
       </c>
       <c r="E485" s="45">
         <v>43090</v>
       </c>
       <c r="F485" s="45">
         <v>44551</v>
       </c>
       <c r="G485" s="16" t="s">
         <v>1772</v>
       </c>
       <c r="H485" s="16" t="s">
         <v>248</v>
       </c>
       <c r="I485" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J485" s="16" t="s">
         <v>567</v>
       </c>
       <c r="K485" s="48" t="s">
         <v>1773</v>
       </c>
       <c r="L485" s="16" t="s">
         <v>1774</v>
       </c>
       <c r="M485" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="486" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="486" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A486" s="11" t="s">
         <v>1775</v>
       </c>
       <c r="B486" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C486" s="24">
         <v>3</v>
       </c>
       <c r="D486" s="16" t="s">
         <v>1776</v>
       </c>
       <c r="E486" s="45">
         <v>43090</v>
       </c>
       <c r="F486" s="45">
         <v>44551</v>
       </c>
       <c r="G486" s="16" t="s">
         <v>1772</v>
       </c>
       <c r="H486" s="16" t="s">
         <v>248</v>
       </c>
       <c r="I486" s="16" t="s">
         <v>249</v>
       </c>
       <c r="J486" s="16" t="s">
         <v>567</v>
       </c>
       <c r="K486" s="48" t="s">
         <v>1773</v>
       </c>
       <c r="L486" s="16" t="s">
         <v>1774</v>
       </c>
       <c r="M486" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="487" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="487" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A487" s="11" t="s">
         <v>1777</v>
       </c>
       <c r="B487" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C487" s="24" t="s">
         <v>1778</v>
       </c>
       <c r="D487" s="16" t="s">
         <v>1779</v>
       </c>
       <c r="E487" s="44">
         <v>43153</v>
       </c>
       <c r="F487" s="45">
         <v>44614</v>
       </c>
       <c r="G487" s="16" t="s">
         <v>1780</v>
       </c>
       <c r="H487" s="16" t="s">
         <v>1781</v>
       </c>
       <c r="I487" s="16" t="s">
         <v>1782</v>
       </c>
       <c r="J487" s="16" t="s">
         <v>1783</v>
       </c>
       <c r="K487" s="33" t="s">
         <v>1784</v>
       </c>
       <c r="L487" s="16" t="s">
         <v>1785</v>
       </c>
       <c r="M487" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="488" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="488" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A488" s="18" t="s">
         <v>1786</v>
       </c>
       <c r="B488" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C488" s="19">
         <v>12</v>
       </c>
       <c r="D488" s="36" t="s">
         <v>1787</v>
       </c>
       <c r="E488" s="55">
         <v>43153</v>
       </c>
       <c r="F488" s="56">
         <v>46075</v>
       </c>
       <c r="G488" s="36" t="s">
         <v>2453</v>
       </c>
       <c r="H488" s="36" t="s">
         <v>1788</v>
       </c>
       <c r="I488" s="36" t="s">
         <v>1789</v>
       </c>
       <c r="J488" s="36" t="s">
         <v>1790</v>
       </c>
       <c r="K488" s="33" t="s">
         <v>1791</v>
       </c>
       <c r="L488" s="36" t="s">
         <v>1792</v>
       </c>
       <c r="M488" s="54" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="489" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="489" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A489" s="18" t="s">
         <v>1793</v>
       </c>
       <c r="B489" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C489" s="19">
         <v>6</v>
       </c>
       <c r="D489" s="9" t="s">
         <v>1794</v>
       </c>
       <c r="E489" s="46">
         <v>43153</v>
       </c>
       <c r="F489" s="47">
         <v>46075</v>
       </c>
       <c r="G489" s="9" t="s">
         <v>1026</v>
       </c>
       <c r="H489" s="9" t="s">
         <v>1027</v>
       </c>
       <c r="I489" s="9" t="s">
         <v>1028</v>
       </c>
       <c r="J489" s="9" t="s">
         <v>1795</v>
       </c>
       <c r="K489" s="26" t="s">
         <v>1796</v>
       </c>
       <c r="L489" s="9" t="s">
         <v>1797</v>
       </c>
       <c r="M489" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="490" spans="1:13" s="16" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="490" spans="1:13" s="16" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A490" s="11" t="s">
         <v>1798</v>
       </c>
       <c r="B490" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C490" s="24">
         <v>4</v>
       </c>
       <c r="D490" s="16" t="s">
         <v>1799</v>
       </c>
       <c r="E490" s="44">
         <v>43153</v>
       </c>
       <c r="F490" s="45">
         <v>44614</v>
       </c>
       <c r="G490" s="16" t="s">
         <v>1800</v>
       </c>
       <c r="H490" s="16" t="s">
         <v>1801</v>
       </c>
       <c r="I490" s="16" t="s">
         <v>1802</v>
       </c>
       <c r="J490" s="16" t="s">
         <v>1803</v>
       </c>
       <c r="K490" s="27" t="s">
         <v>1804</v>
       </c>
       <c r="L490" s="16" t="s">
         <v>1805</v>
       </c>
       <c r="M490" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="491" spans="1:13" s="16" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="491" spans="1:13" s="16" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A491" s="11" t="s">
         <v>1806</v>
       </c>
       <c r="B491" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C491" s="24">
         <v>6</v>
       </c>
       <c r="D491" s="16" t="s">
         <v>1807</v>
       </c>
       <c r="E491" s="44">
         <v>43272</v>
       </c>
       <c r="F491" s="45">
         <v>44733</v>
       </c>
       <c r="G491" s="16" t="s">
         <v>1683</v>
       </c>
       <c r="H491" s="16" t="s">
         <v>1808</v>
       </c>
       <c r="I491" s="16" t="s">
         <v>1701</v>
       </c>
       <c r="J491" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K491" s="48" t="s">
         <v>1384</v>
       </c>
       <c r="L491" s="16" t="s">
         <v>1685</v>
       </c>
       <c r="M491" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="492" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="492" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A492" s="18" t="s">
         <v>1809</v>
       </c>
       <c r="B492" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C492" s="19">
         <v>6</v>
       </c>
       <c r="D492" s="9" t="s">
         <v>1810</v>
       </c>
       <c r="E492" s="46">
         <v>43272</v>
       </c>
       <c r="F492" s="47">
         <v>46194</v>
       </c>
       <c r="G492" s="9" t="s">
         <v>1683</v>
       </c>
       <c r="H492" s="9" t="s">
         <v>1808</v>
       </c>
       <c r="I492" s="9" t="s">
         <v>1701</v>
       </c>
       <c r="J492" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K492" s="26" t="s">
         <v>1384</v>
       </c>
       <c r="L492" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="M492" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="493" spans="1:13" s="16" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="493" spans="1:13" s="16" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A493" s="11" t="s">
         <v>1811</v>
       </c>
       <c r="B493" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C493" s="12">
         <v>2</v>
       </c>
       <c r="D493" s="16" t="s">
         <v>1812</v>
       </c>
       <c r="E493" s="44">
         <v>43272</v>
       </c>
       <c r="F493" s="45">
         <v>44733</v>
       </c>
       <c r="G493" s="16" t="s">
         <v>1683</v>
       </c>
       <c r="H493" s="16" t="s">
         <v>1808</v>
       </c>
       <c r="I493" s="16" t="s">
         <v>1701</v>
       </c>
       <c r="J493" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K493" s="48" t="s">
         <v>1384</v>
       </c>
       <c r="L493" s="16" t="s">
         <v>1685</v>
       </c>
       <c r="M493" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="494" spans="1:13" s="16" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="494" spans="1:13" s="16" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A494" s="11" t="s">
         <v>1813</v>
       </c>
       <c r="B494" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C494" s="24">
         <v>6</v>
       </c>
       <c r="D494" s="16" t="s">
         <v>1814</v>
       </c>
       <c r="E494" s="44">
         <v>43272</v>
       </c>
       <c r="F494" s="45">
         <v>44733</v>
       </c>
       <c r="G494" s="16" t="s">
         <v>1683</v>
       </c>
       <c r="H494" s="16" t="s">
         <v>1808</v>
       </c>
       <c r="I494" s="16" t="s">
         <v>1701</v>
       </c>
       <c r="J494" s="16" t="s">
         <v>30</v>
       </c>
       <c r="K494" s="27" t="s">
         <v>1384</v>
       </c>
       <c r="L494" s="16" t="s">
         <v>1685</v>
       </c>
       <c r="M494" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="495" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="495" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A495" s="18" t="s">
         <v>1815</v>
       </c>
       <c r="B495" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C495" s="19">
         <v>4</v>
       </c>
       <c r="D495" s="9" t="s">
         <v>1816</v>
       </c>
       <c r="E495" s="46">
         <v>43272</v>
       </c>
       <c r="F495" s="47">
         <v>46194</v>
       </c>
       <c r="G495" s="9" t="s">
         <v>1817</v>
       </c>
       <c r="H495" s="9" t="s">
         <v>854</v>
       </c>
       <c r="I495" s="9" t="s">
         <v>862</v>
       </c>
       <c r="J495" s="9" t="s">
         <v>1818</v>
       </c>
       <c r="K495" s="26" t="s">
         <v>1294</v>
       </c>
       <c r="L495" s="9" t="s">
         <v>1819</v>
       </c>
       <c r="M495" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="496" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="496" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A496" s="18" t="s">
         <v>1820</v>
       </c>
       <c r="B496" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C496" s="29">
         <v>2</v>
       </c>
       <c r="D496" s="9" t="s">
         <v>1821</v>
       </c>
       <c r="E496" s="46">
         <v>43272</v>
       </c>
       <c r="F496" s="47">
         <v>46194</v>
       </c>
       <c r="G496" s="9" t="s">
         <v>1817</v>
       </c>
       <c r="H496" s="9" t="s">
         <v>854</v>
       </c>
       <c r="I496" s="9" t="s">
         <v>862</v>
       </c>
       <c r="J496" s="9" t="s">
         <v>1818</v>
       </c>
       <c r="K496" s="26" t="s">
         <v>1294</v>
       </c>
       <c r="L496" s="9" t="s">
         <v>1819</v>
       </c>
       <c r="M496" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="497" spans="1:14" s="16" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="497" spans="1:14" s="16" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A497" s="11" t="s">
         <v>1822</v>
       </c>
       <c r="B497" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C497" s="24">
         <v>12</v>
       </c>
       <c r="D497" s="16" t="s">
         <v>1823</v>
       </c>
       <c r="E497" s="44">
         <v>43272</v>
       </c>
       <c r="F497" s="45">
         <v>44733</v>
       </c>
       <c r="G497" s="16" t="s">
         <v>1824</v>
       </c>
       <c r="H497" s="16" t="s">
         <v>1825</v>
       </c>
       <c r="I497" s="16" t="s">
         <v>1826</v>
       </c>
       <c r="J497" s="16" t="s">
         <v>1827</v>
       </c>
       <c r="K497" s="74" t="s">
         <v>1828</v>
       </c>
       <c r="L497" s="16" t="s">
         <v>1829</v>
       </c>
       <c r="M497" s="17" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="498" spans="1:14" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="498" spans="1:14" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A498" s="18" t="s">
         <v>1830</v>
       </c>
       <c r="B498" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C498" s="19">
         <v>12</v>
       </c>
       <c r="D498" s="9" t="s">
         <v>1831</v>
       </c>
       <c r="E498" s="46">
         <v>43272</v>
       </c>
       <c r="F498" s="47">
         <v>46194</v>
       </c>
       <c r="G498" s="9" t="s">
         <v>1832</v>
       </c>
       <c r="H498" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I498" s="9" t="s">
         <v>1833</v>
       </c>
       <c r="J498" s="9" t="s">
         <v>1834</v>
       </c>
       <c r="K498" s="26" t="s">
         <v>1372</v>
       </c>
       <c r="L498" s="9" t="s">
         <v>1835</v>
       </c>
       <c r="M498" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="499" spans="1:14" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="499" spans="1:14" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A499" s="18" t="s">
         <v>1836</v>
       </c>
       <c r="B499" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C499" s="19">
         <v>6</v>
       </c>
       <c r="D499" s="9" t="s">
         <v>1837</v>
       </c>
       <c r="E499" s="46">
         <v>43335</v>
       </c>
       <c r="F499" s="47">
         <v>46257</v>
       </c>
       <c r="G499" s="9" t="s">
         <v>1838</v>
       </c>
       <c r="H499" s="9" t="s">
         <v>1839</v>
       </c>
       <c r="I499" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J499" s="9" t="s">
         <v>1840</v>
       </c>
       <c r="K499" s="23" t="s">
         <v>1841</v>
       </c>
       <c r="L499" s="9" t="s">
         <v>1842</v>
       </c>
       <c r="M499" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="500" spans="1:14" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="500" spans="1:14" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A500" s="18" t="s">
         <v>1843</v>
       </c>
       <c r="B500" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C500" s="19">
         <v>6</v>
       </c>
       <c r="D500" s="9" t="s">
         <v>1844</v>
       </c>
       <c r="E500" s="46">
         <v>43335</v>
       </c>
       <c r="F500" s="47">
         <v>46257</v>
       </c>
       <c r="G500" s="9" t="s">
         <v>1838</v>
       </c>
       <c r="H500" s="9" t="s">
         <v>1839</v>
       </c>
       <c r="I500" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J500" s="9" t="s">
         <v>1840</v>
       </c>
       <c r="K500" s="23" t="s">
         <v>1841</v>
       </c>
       <c r="L500" s="9" t="s">
         <v>1842</v>
       </c>
       <c r="M500" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="501" spans="1:14" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="501" spans="1:14" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A501" s="18" t="s">
         <v>1845</v>
       </c>
       <c r="B501" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C501" s="19">
         <v>6</v>
       </c>
       <c r="D501" s="9" t="s">
         <v>1846</v>
       </c>
       <c r="E501" s="46">
         <v>43335</v>
       </c>
       <c r="F501" s="47">
         <v>46257</v>
       </c>
       <c r="G501" s="9" t="s">
         <v>1838</v>
       </c>
       <c r="H501" s="9" t="s">
         <v>1839</v>
       </c>
       <c r="I501" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J501" s="9" t="s">
         <v>1840</v>
       </c>
       <c r="K501" s="23" t="s">
         <v>1841</v>
       </c>
       <c r="L501" s="9" t="s">
         <v>1842</v>
       </c>
       <c r="M501" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="502" spans="1:14" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="502" spans="1:14" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A502" s="18" t="s">
         <v>1847</v>
       </c>
       <c r="B502" s="18" t="s">
         <v>2381</v>
       </c>
       <c r="C502" s="19">
         <v>4</v>
       </c>
       <c r="D502" s="9" t="s">
         <v>1848</v>
       </c>
       <c r="E502" s="46">
         <v>43335</v>
       </c>
       <c r="F502" s="47">
         <v>46257</v>
       </c>
       <c r="G502" s="9" t="s">
         <v>1838</v>
       </c>
       <c r="H502" s="9" t="s">
         <v>1839</v>
       </c>
       <c r="I502" s="9" t="s">
         <v>2644</v>
       </c>
       <c r="J502" s="9" t="s">
         <v>1840</v>
       </c>
       <c r="K502" s="23" t="s">
         <v>1841</v>
       </c>
       <c r="L502" s="9" t="s">
         <v>1842</v>
       </c>
       <c r="M502" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="503" spans="1:14" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="503" spans="1:14" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A503" s="18" t="s">
         <v>1849</v>
       </c>
       <c r="B503" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C503" s="19">
         <v>4</v>
       </c>
       <c r="D503" s="9" t="s">
         <v>1850</v>
       </c>
       <c r="E503" s="46">
         <v>43335</v>
       </c>
       <c r="F503" s="47">
         <v>46257</v>
       </c>
       <c r="G503" s="9" t="s">
         <v>1838</v>
       </c>
       <c r="H503" s="9" t="s">
         <v>1839</v>
       </c>
       <c r="I503" s="9" t="s">
@@ -29728,51 +29785,51 @@
       <c r="F504" s="47">
         <v>46257</v>
       </c>
       <c r="G504" s="9" t="s">
         <v>1832</v>
       </c>
       <c r="H504" s="9" t="s">
         <v>1369</v>
       </c>
       <c r="I504" s="9" t="s">
         <v>1833</v>
       </c>
       <c r="J504" s="9" t="s">
         <v>1834</v>
       </c>
       <c r="K504" s="26" t="s">
         <v>1372</v>
       </c>
       <c r="L504" s="9" t="s">
         <v>1835</v>
       </c>
       <c r="M504" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="505" spans="1:14" s="16" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="505" spans="1:14" s="16" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A505" s="11" t="s">
         <v>1853</v>
       </c>
       <c r="B505" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C505" s="24">
         <v>4</v>
       </c>
       <c r="D505" s="16" t="s">
         <v>1854</v>
       </c>
       <c r="E505" s="44">
         <v>43335</v>
       </c>
       <c r="F505" s="45">
         <v>44796</v>
       </c>
       <c r="G505" s="16" t="s">
         <v>1855</v>
       </c>
       <c r="H505" s="16" t="s">
         <v>1276</v>
       </c>
       <c r="I505" s="16" t="s">
@@ -29851,51 +29908,51 @@
       <c r="F507" s="56">
         <v>46376</v>
       </c>
       <c r="G507" s="36" t="s">
         <v>1863</v>
       </c>
       <c r="H507" s="36" t="s">
         <v>1396</v>
       </c>
       <c r="I507" s="36" t="s">
         <v>1864</v>
       </c>
       <c r="J507" s="36" t="s">
         <v>1865</v>
       </c>
       <c r="K507" s="92" t="s">
         <v>1866</v>
       </c>
       <c r="L507" s="36" t="s">
         <v>1867</v>
       </c>
       <c r="M507" s="54" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="508" spans="1:14" s="16" customFormat="1" ht="14.4" customHeight="1">
+    <row r="508" spans="1:14" s="16" customFormat="1" ht="14.5" customHeight="1">
       <c r="A508" s="18" t="s">
         <v>1868</v>
       </c>
       <c r="B508" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C508" s="19">
         <v>12</v>
       </c>
       <c r="D508" s="36" t="s">
         <v>1869</v>
       </c>
       <c r="E508" s="55">
         <v>43454</v>
       </c>
       <c r="F508" s="56">
         <v>46741</v>
       </c>
       <c r="G508" s="36" t="s">
         <v>1870</v>
       </c>
       <c r="H508" s="36" t="s">
         <v>1825</v>
       </c>
       <c r="I508" s="36" t="s">
@@ -29935,1445 +29992,1445 @@
         <v>46741</v>
       </c>
       <c r="G509" s="36" t="s">
         <v>1870</v>
       </c>
       <c r="H509" s="36" t="s">
         <v>1825</v>
       </c>
       <c r="I509" s="36" t="s">
         <v>1871</v>
       </c>
       <c r="J509" s="36" t="s">
         <v>1872</v>
       </c>
       <c r="K509" s="92" t="s">
         <v>1873</v>
       </c>
       <c r="L509" s="36" t="s">
         <v>1874</v>
       </c>
       <c r="M509" s="54" t="s">
         <v>23</v>
       </c>
       <c r="N509" s="36"/>
     </row>
-    <row r="510" spans="1:14" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="510" spans="1:14" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A510" s="18" t="s">
         <v>1877</v>
       </c>
       <c r="B510" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C510" s="19">
         <v>6</v>
       </c>
       <c r="D510" s="9" t="s">
         <v>1878</v>
       </c>
       <c r="E510" s="46">
         <v>43517</v>
       </c>
       <c r="F510" s="47">
         <v>46439</v>
       </c>
       <c r="G510" s="9" t="s">
         <v>1879</v>
       </c>
       <c r="H510" s="9" t="s">
         <v>1880</v>
       </c>
       <c r="I510" s="9" t="s">
         <v>1881</v>
       </c>
       <c r="J510" s="9" t="s">
         <v>1882</v>
       </c>
       <c r="K510" s="23" t="s">
         <v>1883</v>
       </c>
       <c r="L510" s="9" t="s">
         <v>1884</v>
       </c>
       <c r="M510" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="511" spans="1:14" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="511" spans="1:14" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A511" s="18" t="s">
         <v>1885</v>
       </c>
       <c r="B511" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C511" s="19">
         <v>6</v>
       </c>
       <c r="D511" s="9" t="s">
         <v>1886</v>
       </c>
       <c r="E511" s="46">
         <v>43517</v>
       </c>
       <c r="F511" s="47">
         <v>46439</v>
       </c>
       <c r="G511" s="9" t="s">
         <v>1879</v>
       </c>
       <c r="H511" s="9" t="s">
         <v>1880</v>
       </c>
       <c r="I511" s="9" t="s">
         <v>1881</v>
       </c>
       <c r="J511" s="9" t="s">
         <v>1882</v>
       </c>
       <c r="K511" s="23" t="s">
         <v>1883</v>
       </c>
       <c r="L511" s="9" t="s">
         <v>1884</v>
       </c>
       <c r="M511" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="512" spans="1:14" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="512" spans="1:14" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A512" s="18" t="s">
         <v>1887</v>
       </c>
       <c r="B512" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C512" s="19">
         <v>12</v>
       </c>
       <c r="D512" s="9" t="s">
         <v>205</v>
       </c>
       <c r="E512" s="46">
         <v>43517</v>
       </c>
       <c r="F512" s="45">
         <v>44978</v>
       </c>
       <c r="G512" s="9" t="s">
         <v>1888</v>
       </c>
       <c r="H512" s="9" t="s">
         <v>1889</v>
       </c>
       <c r="I512" s="9" t="s">
         <v>1890</v>
       </c>
       <c r="J512" s="9" t="s">
         <v>1255</v>
       </c>
       <c r="K512" s="33" t="s">
         <v>1891</v>
       </c>
       <c r="L512" s="9" t="s">
         <v>1892</v>
       </c>
       <c r="M512" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="513" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="513" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A513" s="18" t="s">
         <v>1893</v>
       </c>
       <c r="B513" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C513" s="19">
         <v>6</v>
       </c>
       <c r="D513" s="9" t="s">
         <v>1894</v>
       </c>
       <c r="E513" s="46">
         <v>43517</v>
       </c>
       <c r="F513" s="47">
         <v>46439</v>
       </c>
       <c r="G513" s="9" t="s">
         <v>1895</v>
       </c>
       <c r="H513" t="s">
         <v>1896</v>
       </c>
       <c r="I513" t="s">
         <v>1897</v>
       </c>
       <c r="J513" t="s">
         <v>1898</v>
       </c>
       <c r="K513" s="23" t="s">
         <v>1899</v>
       </c>
       <c r="L513" t="s">
         <v>1900</v>
       </c>
       <c r="M513" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="514" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="514" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A514" s="18" t="s">
         <v>1901</v>
       </c>
       <c r="B514" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C514" s="19">
         <v>6</v>
       </c>
       <c r="D514" s="9" t="s">
         <v>1902</v>
       </c>
       <c r="E514" s="46">
         <v>43517</v>
       </c>
       <c r="F514" s="47">
         <v>46439</v>
       </c>
       <c r="G514" s="9" t="s">
         <v>1895</v>
       </c>
       <c r="H514" t="s">
         <v>1896</v>
       </c>
       <c r="I514" t="s">
         <v>1897</v>
       </c>
       <c r="J514" t="s">
         <v>1898</v>
       </c>
       <c r="K514" s="23" t="s">
         <v>1899</v>
       </c>
       <c r="L514" t="s">
         <v>1900</v>
       </c>
       <c r="M514" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="515" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="515" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A515" s="18" t="s">
         <v>1903</v>
       </c>
       <c r="B515" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C515" s="19">
         <v>4</v>
       </c>
       <c r="D515" s="9" t="s">
         <v>1904</v>
       </c>
       <c r="E515" s="46">
         <v>43580</v>
       </c>
       <c r="F515" s="56">
         <v>46502</v>
       </c>
       <c r="G515" s="9" t="s">
         <v>1905</v>
       </c>
       <c r="H515" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I515" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="J515" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K515" s="33" t="s">
         <v>1384</v>
       </c>
       <c r="L515" s="9" t="s">
         <v>1685</v>
       </c>
       <c r="M515" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="516" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="516" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A516" s="18" t="s">
         <v>1907</v>
       </c>
       <c r="B516" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C516" s="19">
         <v>12</v>
       </c>
       <c r="D516" s="9" t="s">
         <v>1908</v>
       </c>
       <c r="E516" s="46">
         <v>43580</v>
       </c>
       <c r="F516" s="45">
         <v>45041</v>
       </c>
       <c r="G516" s="9" t="s">
         <v>1909</v>
       </c>
       <c r="H516" s="9" t="s">
         <v>1910</v>
       </c>
       <c r="I516" s="9" t="s">
         <v>1911</v>
       </c>
       <c r="J516" s="9" t="s">
         <v>1912</v>
       </c>
       <c r="K516" s="23" t="s">
         <v>1913</v>
       </c>
       <c r="L516" s="9" t="s">
         <v>1914</v>
       </c>
       <c r="M516" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="517" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="517" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A517" s="18" t="s">
         <v>1915</v>
       </c>
       <c r="B517" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C517" s="19">
         <v>3</v>
       </c>
       <c r="D517" s="36" t="s">
         <v>1916</v>
       </c>
       <c r="E517" s="46">
         <v>43636</v>
       </c>
       <c r="F517" s="56">
         <v>46558</v>
       </c>
       <c r="G517" s="9" t="s">
         <v>1917</v>
       </c>
       <c r="H517" s="9" t="s">
         <v>1918</v>
       </c>
       <c r="I517" s="9" t="s">
         <v>1919</v>
       </c>
       <c r="J517" s="9" t="s">
         <v>1920</v>
       </c>
       <c r="K517" s="23" t="s">
         <v>1921</v>
       </c>
       <c r="L517" s="9" t="s">
         <v>1922</v>
       </c>
       <c r="M517" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="518" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="518" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A518" s="18" t="s">
         <v>1923</v>
       </c>
       <c r="B518" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C518" s="29">
         <v>4</v>
       </c>
       <c r="D518" s="9" t="s">
         <v>1924</v>
       </c>
       <c r="E518" s="46">
         <v>43636</v>
       </c>
       <c r="F518" s="47">
         <v>46558</v>
       </c>
       <c r="G518" s="9" t="s">
         <v>1925</v>
       </c>
       <c r="H518" s="9" t="s">
         <v>1926</v>
       </c>
       <c r="I518" s="9" t="s">
         <v>862</v>
       </c>
       <c r="J518" s="9" t="s">
         <v>1927</v>
       </c>
       <c r="K518" s="23" t="s">
         <v>1294</v>
       </c>
       <c r="L518" s="9" t="s">
         <v>858</v>
       </c>
       <c r="M518" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="519" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="519" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A519" s="18" t="s">
         <v>1928</v>
       </c>
       <c r="B519" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C519" s="19">
         <v>4</v>
       </c>
       <c r="D519" s="9" t="s">
         <v>1929</v>
       </c>
       <c r="E519" s="46">
         <v>43636</v>
       </c>
       <c r="F519" s="47">
         <v>46558</v>
       </c>
       <c r="G519" s="9" t="s">
         <v>1925</v>
       </c>
       <c r="H519" s="9" t="s">
         <v>1926</v>
       </c>
       <c r="I519" s="9" t="s">
         <v>862</v>
       </c>
       <c r="J519" s="9" t="s">
         <v>1927</v>
       </c>
       <c r="K519" s="23" t="s">
         <v>1294</v>
       </c>
       <c r="L519" s="9" t="s">
         <v>858</v>
       </c>
       <c r="M519" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="520" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="520" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A520" s="18" t="s">
         <v>1930</v>
       </c>
       <c r="B520" s="75" t="s">
         <v>2636</v>
       </c>
       <c r="C520" s="19">
         <v>6</v>
       </c>
       <c r="D520" s="9" t="s">
         <v>1931</v>
       </c>
       <c r="E520" s="46">
         <v>43636</v>
       </c>
       <c r="F520" s="47">
         <v>46558</v>
       </c>
       <c r="G520" s="9" t="s">
         <v>1932</v>
       </c>
       <c r="H520" s="9" t="s">
         <v>1933</v>
       </c>
       <c r="I520" s="9" t="s">
         <v>1934</v>
       </c>
       <c r="J520" s="9" t="s">
         <v>1935</v>
       </c>
       <c r="K520" s="35" t="s">
         <v>1936</v>
       </c>
       <c r="L520" s="9" t="s">
         <v>1937</v>
       </c>
       <c r="M520" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="521" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="521" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A521" s="18" t="s">
         <v>1938</v>
       </c>
       <c r="B521" s="75" t="s">
         <v>2636</v>
       </c>
       <c r="C521" s="19">
         <v>6</v>
       </c>
       <c r="D521" s="9" t="s">
         <v>1939</v>
       </c>
       <c r="E521" s="46">
         <v>43636</v>
       </c>
       <c r="F521" s="47">
         <v>46558</v>
       </c>
       <c r="G521" s="9" t="s">
         <v>1932</v>
       </c>
       <c r="H521" s="9" t="s">
         <v>1933</v>
       </c>
       <c r="I521" s="9" t="s">
         <v>1934</v>
       </c>
       <c r="J521" s="9" t="s">
         <v>1940</v>
       </c>
       <c r="K521" s="35" t="s">
         <v>1936</v>
       </c>
       <c r="L521" s="9" t="s">
         <v>1937</v>
       </c>
       <c r="M521" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="522" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="522" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A522" s="18" t="s">
         <v>1941</v>
       </c>
       <c r="B522" s="75" t="s">
         <v>2636</v>
       </c>
       <c r="C522" s="19">
         <v>6</v>
       </c>
       <c r="D522" s="9" t="s">
         <v>1942</v>
       </c>
       <c r="E522" s="46">
         <v>43636</v>
       </c>
       <c r="F522" s="47">
         <v>46558</v>
       </c>
       <c r="G522" s="9" t="s">
         <v>1932</v>
       </c>
       <c r="H522" s="9" t="s">
         <v>1933</v>
       </c>
       <c r="I522" s="9" t="s">
         <v>1934</v>
       </c>
       <c r="J522" s="9" t="s">
         <v>1940</v>
       </c>
       <c r="K522" s="35" t="s">
         <v>1936</v>
       </c>
       <c r="L522" s="9" t="s">
         <v>1937</v>
       </c>
       <c r="M522" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="523" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="523" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A523" s="18" t="s">
         <v>1943</v>
       </c>
       <c r="B523" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C523" s="19">
         <v>6</v>
       </c>
       <c r="D523" s="9" t="s">
         <v>1944</v>
       </c>
       <c r="E523" s="46">
         <v>43636</v>
       </c>
       <c r="F523" s="47">
         <v>46558</v>
       </c>
       <c r="G523" s="9" t="s">
         <v>1932</v>
       </c>
       <c r="H523" s="9" t="s">
         <v>1933</v>
       </c>
       <c r="I523" s="9" t="s">
         <v>1934</v>
       </c>
       <c r="J523" s="9" t="s">
         <v>1940</v>
       </c>
       <c r="K523" s="35" t="s">
         <v>1936</v>
       </c>
       <c r="L523" s="9" t="s">
         <v>1937</v>
       </c>
       <c r="M523" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="524" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="524" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A524" s="18" t="s">
         <v>1945</v>
       </c>
       <c r="B524" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C524" s="19">
         <v>8</v>
       </c>
       <c r="D524" s="9" t="s">
         <v>673</v>
       </c>
       <c r="E524" s="46">
         <v>43636</v>
       </c>
       <c r="F524" s="45">
         <v>45097</v>
       </c>
       <c r="G524" s="9" t="s">
         <v>674</v>
       </c>
       <c r="H524" s="9" t="s">
         <v>675</v>
       </c>
       <c r="I524" s="9" t="s">
         <v>1946</v>
       </c>
       <c r="J524" s="9" t="s">
         <v>1947</v>
       </c>
       <c r="K524" s="33" t="s">
         <v>1948</v>
       </c>
       <c r="L524" s="9" t="s">
         <v>1949</v>
       </c>
       <c r="M524" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="525" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="525" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A525" s="18" t="s">
         <v>1950</v>
       </c>
       <c r="B525" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C525" s="19">
         <v>12</v>
       </c>
       <c r="D525" s="9" t="s">
         <v>1951</v>
       </c>
       <c r="E525" s="46">
         <v>43699</v>
       </c>
       <c r="F525" s="45">
         <v>45160</v>
       </c>
       <c r="G525" s="9" t="s">
         <v>1952</v>
       </c>
       <c r="H525" s="9" t="s">
         <v>1953</v>
       </c>
       <c r="I525" s="9" t="s">
         <v>1954</v>
       </c>
       <c r="J525" s="9" t="s">
         <v>1955</v>
       </c>
       <c r="K525" s="23" t="s">
         <v>1956</v>
       </c>
       <c r="L525" s="9" t="s">
         <v>1957</v>
       </c>
       <c r="M525" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="526" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="526" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A526" s="18" t="s">
         <v>1958</v>
       </c>
       <c r="B526" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C526" s="29">
         <v>2</v>
       </c>
       <c r="D526" s="9" t="s">
         <v>1959</v>
       </c>
       <c r="E526" s="46">
         <v>43762</v>
       </c>
       <c r="F526" s="45">
         <v>45223</v>
       </c>
       <c r="G526" s="9" t="s">
         <v>1960</v>
       </c>
       <c r="H526" s="9" t="s">
         <v>1961</v>
       </c>
       <c r="I526" s="9" t="s">
         <v>1962</v>
       </c>
       <c r="J526" s="9" t="s">
         <v>1963</v>
       </c>
       <c r="K526" s="23" t="s">
         <v>1964</v>
       </c>
       <c r="L526" s="9" t="s">
         <v>1965</v>
       </c>
       <c r="M526" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="527" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="527" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A527" s="18" t="s">
         <v>1966</v>
       </c>
       <c r="B527" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C527" s="19">
         <v>7</v>
       </c>
       <c r="D527" s="9" t="s">
         <v>1967</v>
       </c>
       <c r="E527" s="46">
         <v>43818</v>
       </c>
       <c r="F527" s="45">
         <v>45279</v>
       </c>
       <c r="G527" s="9" t="s">
         <v>1155</v>
       </c>
       <c r="H527" s="9" t="s">
         <v>1156</v>
       </c>
       <c r="I527" s="9" t="s">
         <v>1766</v>
       </c>
       <c r="J527" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="K527" s="23" t="s">
         <v>1968</v>
       </c>
       <c r="L527" s="9" t="s">
         <v>1969</v>
       </c>
       <c r="M527" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="528" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="528" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A528" s="18" t="s">
         <v>1970</v>
       </c>
       <c r="B528" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C528" s="19">
         <v>6</v>
       </c>
       <c r="D528" s="9" t="s">
         <v>166</v>
       </c>
       <c r="E528" s="46">
         <v>43874</v>
       </c>
       <c r="F528" s="47">
         <v>46796</v>
       </c>
       <c r="G528" s="9" t="s">
         <v>1026</v>
       </c>
       <c r="H528" s="9" t="s">
         <v>1027</v>
       </c>
       <c r="I528" s="9" t="s">
         <v>1028</v>
       </c>
       <c r="J528" s="9" t="s">
         <v>1029</v>
       </c>
       <c r="K528" s="23" t="s">
         <v>1971</v>
       </c>
       <c r="L528" s="9" t="s">
         <v>1972</v>
       </c>
       <c r="M528" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="529" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="529" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A529" s="18" t="s">
         <v>1973</v>
       </c>
       <c r="B529" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C529" s="19">
         <v>12</v>
       </c>
       <c r="D529" s="9" t="s">
         <v>1974</v>
       </c>
       <c r="E529" s="46">
         <v>43874</v>
       </c>
       <c r="F529" s="47">
         <v>45335</v>
       </c>
       <c r="G529" s="9" t="s">
         <v>1975</v>
       </c>
       <c r="H529" s="9" t="s">
         <v>1976</v>
       </c>
       <c r="I529" s="9" t="s">
         <v>1977</v>
       </c>
       <c r="J529" s="9" t="s">
         <v>1978</v>
       </c>
       <c r="K529" s="33" t="s">
         <v>1979</v>
       </c>
       <c r="L529" s="9" t="s">
         <v>1980</v>
       </c>
       <c r="M529" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="530" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="530" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A530" s="18" t="s">
         <v>1981</v>
       </c>
       <c r="B530" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C530" s="29">
         <v>2</v>
       </c>
       <c r="D530" s="9" t="s">
         <v>1982</v>
       </c>
       <c r="E530" s="46">
         <v>43874</v>
       </c>
       <c r="F530" s="47">
         <v>45335</v>
       </c>
       <c r="G530" s="9" t="s">
         <v>1156</v>
       </c>
       <c r="H530" s="9" t="s">
         <v>1156</v>
       </c>
       <c r="I530" s="9" t="s">
         <v>1766</v>
       </c>
       <c r="J530" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="K530" s="26" t="s">
         <v>1158</v>
       </c>
       <c r="L530" s="9" t="s">
         <v>1768</v>
       </c>
       <c r="M530" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="531" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="531" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A531" s="18" t="s">
         <v>1983</v>
       </c>
       <c r="B531" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C531" s="19">
         <v>4</v>
       </c>
       <c r="D531" s="9" t="s">
         <v>1984</v>
       </c>
       <c r="E531" s="46">
         <v>43874</v>
       </c>
       <c r="F531" s="47">
         <v>45335</v>
       </c>
       <c r="G531" s="9" t="s">
         <v>1156</v>
       </c>
       <c r="H531" s="9" t="s">
         <v>1156</v>
       </c>
       <c r="I531" s="9" t="s">
         <v>1766</v>
       </c>
       <c r="J531" s="9" t="s">
         <v>1767</v>
       </c>
       <c r="K531" s="23" t="s">
         <v>1158</v>
       </c>
       <c r="L531" s="9" t="s">
         <v>1768</v>
       </c>
       <c r="M531" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="532" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="532" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A532" s="18" t="s">
         <v>1985</v>
       </c>
       <c r="B532" s="75" t="s">
         <v>2636</v>
       </c>
       <c r="C532" s="29">
         <v>2</v>
       </c>
       <c r="D532" s="9" t="s">
         <v>1986</v>
       </c>
       <c r="E532" s="46">
         <v>43874</v>
       </c>
       <c r="F532" s="47">
         <v>46796</v>
       </c>
       <c r="G532" s="66" t="s">
         <v>2333</v>
       </c>
       <c r="H532" s="9" t="s">
         <v>2334</v>
       </c>
       <c r="I532" s="9" t="s">
         <v>2335</v>
       </c>
       <c r="J532" s="9" t="s">
         <v>1255</v>
       </c>
       <c r="K532" s="33" t="s">
         <v>2336</v>
       </c>
       <c r="L532" s="9" t="s">
         <v>2337</v>
       </c>
       <c r="M532" s="10" t="s">
         <v>2338</v>
       </c>
     </row>
-    <row r="533" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="533" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A533" s="18" t="s">
         <v>1987</v>
       </c>
       <c r="B533" s="75" t="s">
         <v>2636</v>
       </c>
       <c r="C533" s="29">
         <v>2</v>
       </c>
       <c r="D533" s="9" t="s">
         <v>1988</v>
       </c>
       <c r="E533" s="46">
         <v>43874</v>
       </c>
       <c r="F533" s="47">
         <v>46796</v>
       </c>
       <c r="G533" s="66" t="s">
         <v>2333</v>
       </c>
       <c r="H533" s="9" t="s">
         <v>2334</v>
       </c>
       <c r="I533" s="9" t="s">
         <v>2335</v>
       </c>
       <c r="J533" s="9" t="s">
         <v>1255</v>
       </c>
       <c r="K533" s="33" t="s">
         <v>2336</v>
       </c>
       <c r="L533" s="9" t="s">
         <v>2337</v>
       </c>
       <c r="M533" s="10" t="s">
         <v>2338</v>
       </c>
     </row>
-    <row r="534" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="534" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A534" s="18" t="s">
         <v>1989</v>
       </c>
       <c r="B534" s="75" t="s">
         <v>2636</v>
       </c>
       <c r="C534" s="29">
         <v>2</v>
       </c>
       <c r="D534" s="9" t="s">
         <v>1990</v>
       </c>
       <c r="E534" s="46">
         <v>43874</v>
       </c>
       <c r="F534" s="47">
         <v>46796</v>
       </c>
       <c r="G534" s="66" t="s">
         <v>2333</v>
       </c>
       <c r="H534" s="9" t="s">
         <v>2334</v>
       </c>
       <c r="I534" s="9" t="s">
         <v>2335</v>
       </c>
       <c r="J534" s="9" t="s">
         <v>1255</v>
       </c>
       <c r="K534" s="33" t="s">
         <v>2336</v>
       </c>
       <c r="L534" s="9" t="s">
         <v>2337</v>
       </c>
       <c r="M534" s="10" t="s">
         <v>2338</v>
       </c>
     </row>
-    <row r="535" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="535" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A535" s="18" t="s">
         <v>1991</v>
       </c>
       <c r="B535" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C535" s="19">
         <v>8</v>
       </c>
       <c r="D535" s="9" t="s">
         <v>1992</v>
       </c>
       <c r="E535" s="46">
         <v>43874</v>
       </c>
       <c r="F535" s="47">
         <v>45335</v>
       </c>
       <c r="G535" s="9" t="s">
         <v>1888</v>
       </c>
       <c r="H535" s="9" t="s">
         <v>1889</v>
       </c>
       <c r="I535" s="9" t="s">
         <v>1890</v>
       </c>
       <c r="J535" s="9" t="s">
         <v>1350</v>
       </c>
       <c r="K535" s="23" t="s">
         <v>1891</v>
       </c>
       <c r="L535" s="9" t="s">
         <v>1892</v>
       </c>
       <c r="M535" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="536" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="536" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A536" s="18" t="s">
         <v>1993</v>
       </c>
       <c r="B536" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C536" s="29">
         <v>2</v>
       </c>
       <c r="D536" s="9" t="s">
         <v>1994</v>
       </c>
       <c r="E536" s="46">
         <v>43874</v>
       </c>
       <c r="F536" s="47">
         <v>45335</v>
       </c>
       <c r="G536" s="9" t="s">
         <v>1995</v>
       </c>
       <c r="H536" s="9" t="s">
         <v>1996</v>
       </c>
       <c r="I536" s="9" t="s">
         <v>1997</v>
       </c>
       <c r="J536" s="9" t="s">
         <v>1998</v>
       </c>
       <c r="K536" s="23" t="s">
         <v>1999</v>
       </c>
       <c r="L536" s="9" t="s">
         <v>2000</v>
       </c>
       <c r="M536" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="537" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="537" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A537" s="18" t="s">
         <v>2001</v>
       </c>
       <c r="B537" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C537" s="19">
         <v>1</v>
       </c>
       <c r="D537" s="9" t="s">
         <v>2002</v>
       </c>
       <c r="E537" s="46">
         <v>43874</v>
       </c>
       <c r="F537" s="47">
         <v>46796</v>
       </c>
       <c r="G537" s="9" t="s">
         <v>1995</v>
       </c>
       <c r="H537" s="9" t="s">
         <v>1996</v>
       </c>
       <c r="I537" s="9" t="s">
         <v>1997</v>
       </c>
       <c r="J537" s="9" t="s">
         <v>1920</v>
       </c>
       <c r="K537" s="23" t="s">
         <v>1999</v>
       </c>
       <c r="L537" s="9" t="s">
         <v>2000</v>
       </c>
       <c r="M537" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="538" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="538" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A538" s="18" t="s">
         <v>2003</v>
       </c>
       <c r="B538" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C538" s="19">
         <v>1</v>
       </c>
       <c r="D538" s="9" t="s">
         <v>2004</v>
       </c>
       <c r="E538" s="46">
         <v>43874</v>
       </c>
       <c r="F538" s="47">
         <v>46796</v>
       </c>
       <c r="G538" s="9" t="s">
         <v>1995</v>
       </c>
       <c r="H538" s="9" t="s">
         <v>1996</v>
       </c>
       <c r="I538" s="9" t="s">
         <v>1997</v>
       </c>
       <c r="J538" s="9" t="s">
         <v>1920</v>
       </c>
       <c r="K538" s="23" t="s">
         <v>1999</v>
       </c>
       <c r="L538" s="9" t="s">
         <v>2000</v>
       </c>
       <c r="M538" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="539" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="539" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A539" s="18" t="s">
         <v>2005</v>
       </c>
       <c r="B539" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C539" s="19">
         <v>4</v>
       </c>
       <c r="D539" s="9" t="s">
         <v>2006</v>
       </c>
       <c r="E539" s="46">
         <v>43874</v>
       </c>
       <c r="F539" s="47">
         <v>45335</v>
       </c>
       <c r="G539" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H539" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I539" s="9" t="s">
         <v>1097</v>
       </c>
       <c r="J539" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K539" s="26" t="s">
         <v>1098</v>
       </c>
       <c r="L539" s="9" t="s">
         <v>1099</v>
       </c>
       <c r="M539" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="540" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="540" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A540" s="18" t="s">
         <v>2007</v>
       </c>
       <c r="B540" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C540" s="19">
         <v>4</v>
       </c>
       <c r="D540" s="9" t="s">
         <v>2008</v>
       </c>
       <c r="E540" s="46">
         <v>43874</v>
       </c>
       <c r="F540" s="47">
         <v>45335</v>
       </c>
       <c r="G540" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H540" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I540" s="9" t="s">
         <v>1097</v>
       </c>
       <c r="J540" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K540" s="26" t="s">
         <v>1098</v>
       </c>
       <c r="L540" s="9" t="s">
         <v>1099</v>
       </c>
       <c r="M540" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="541" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="541" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A541" s="18" t="s">
         <v>2009</v>
       </c>
       <c r="B541" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C541" s="19">
         <v>12</v>
       </c>
       <c r="D541" s="9" t="s">
         <v>2010</v>
       </c>
       <c r="E541" s="46">
         <v>43874</v>
       </c>
       <c r="F541" s="47">
         <v>45335</v>
       </c>
       <c r="G541" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H541" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I541" s="9" t="s">
         <v>1097</v>
       </c>
       <c r="J541" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K541" s="26" t="s">
         <v>1098</v>
       </c>
       <c r="L541" s="9" t="s">
         <v>1099</v>
       </c>
       <c r="M541" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="542" spans="1:13" s="9" customFormat="1" ht="15.9" hidden="1" customHeight="1">
+    <row r="542" spans="1:13" s="9" customFormat="1" ht="16" hidden="1" customHeight="1">
       <c r="A542" s="18" t="s">
         <v>2011</v>
       </c>
       <c r="B542" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C542" s="19">
         <v>4</v>
       </c>
       <c r="D542" s="9" t="s">
         <v>2012</v>
       </c>
       <c r="E542" s="46">
         <v>43874</v>
       </c>
       <c r="F542" s="47">
         <v>45335</v>
       </c>
       <c r="G542" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H542" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I542" s="9" t="s">
         <v>1097</v>
       </c>
       <c r="J542" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K542" s="26" t="s">
         <v>1098</v>
       </c>
       <c r="L542" s="9" t="s">
         <v>1099</v>
       </c>
       <c r="M542" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="543" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="543" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A543" s="18" t="s">
         <v>2013</v>
       </c>
       <c r="B543" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C543" s="19">
         <v>4</v>
       </c>
       <c r="D543" s="9" t="s">
         <v>1094</v>
       </c>
       <c r="E543" s="46">
         <v>43874</v>
       </c>
       <c r="F543" s="47">
         <v>45335</v>
       </c>
       <c r="G543" s="9" t="s">
         <v>1095</v>
       </c>
       <c r="H543" s="9" t="s">
         <v>1096</v>
       </c>
       <c r="I543" s="9" t="s">
         <v>1097</v>
       </c>
       <c r="J543" s="9" t="s">
         <v>863</v>
       </c>
       <c r="K543" s="26" t="s">
         <v>1098</v>
       </c>
       <c r="L543" s="9" t="s">
         <v>1099</v>
       </c>
       <c r="M543" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="544" spans="1:13" s="9" customFormat="1" ht="15.9" customHeight="1">
+    <row r="544" spans="1:13" s="9" customFormat="1" ht="16" customHeight="1">
       <c r="A544" s="18" t="s">
         <v>2014</v>
       </c>
       <c r="B544" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C544" s="29">
         <v>2</v>
       </c>
       <c r="D544" s="9" t="s">
         <v>2015</v>
       </c>
       <c r="E544" s="46">
         <v>43874</v>
       </c>
       <c r="F544" s="47">
         <v>45335</v>
       </c>
       <c r="G544" s="9" t="s">
         <v>1602</v>
       </c>
       <c r="H544" s="9" t="s">
         <v>2016</v>
       </c>
       <c r="I544" s="9" t="s">
@@ -33420,51 +33477,51 @@
       <c r="F594" s="47">
         <v>46133</v>
       </c>
       <c r="G594" s="9" t="s">
         <v>1905</v>
       </c>
       <c r="H594" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I594" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="J594" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K594" s="33" t="s">
         <v>1384</v>
       </c>
       <c r="L594" s="9" t="s">
         <v>32</v>
       </c>
       <c r="M594" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="595" spans="1:13" s="9" customFormat="1" ht="15.5">
+    <row r="595" spans="1:13" s="9" customFormat="1" ht="15.5" hidden="1">
       <c r="A595" s="18" t="s">
         <v>2160</v>
       </c>
       <c r="B595" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C595" s="19" t="s">
         <v>1469</v>
       </c>
       <c r="D595" s="9" t="s">
         <v>2161</v>
       </c>
       <c r="E595" s="46">
         <v>44672</v>
       </c>
       <c r="F595" s="47">
         <v>46133</v>
       </c>
       <c r="G595" s="9" t="s">
         <v>1905</v>
       </c>
       <c r="H595" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I595" s="9" t="s">
@@ -33707,92 +33764,92 @@
       <c r="F601" s="47">
         <v>46133</v>
       </c>
       <c r="G601" s="9" t="s">
         <v>1905</v>
       </c>
       <c r="H601" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I601" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="J601" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K601" s="33" t="s">
         <v>1384</v>
       </c>
       <c r="L601" s="9" t="s">
         <v>32</v>
       </c>
       <c r="M601" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="602" spans="1:13" s="9" customFormat="1" ht="15.5">
+    <row r="602" spans="1:13" s="9" customFormat="1" ht="15.5" hidden="1">
       <c r="A602" s="18" t="s">
         <v>2174</v>
       </c>
       <c r="B602" s="75" t="s">
         <v>2175</v>
       </c>
       <c r="C602" s="19">
         <v>4</v>
       </c>
       <c r="D602" s="9" t="s">
         <v>2176</v>
       </c>
       <c r="E602" s="46">
         <v>44672</v>
       </c>
       <c r="F602" s="47">
         <v>46133</v>
       </c>
       <c r="G602" s="9" t="s">
         <v>1905</v>
       </c>
       <c r="H602" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I602" s="9" t="s">
         <v>1906</v>
       </c>
       <c r="J602" s="9" t="s">
         <v>30</v>
       </c>
       <c r="K602" s="33" t="s">
         <v>1384</v>
       </c>
       <c r="L602" s="9" t="s">
         <v>32</v>
       </c>
       <c r="M602" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="603" spans="1:13" s="9" customFormat="1" ht="15.5">
+    <row r="603" spans="1:13" s="9" customFormat="1" ht="15.5" hidden="1">
       <c r="A603" s="18" t="s">
         <v>2177</v>
       </c>
       <c r="B603" s="75" t="s">
         <v>2175</v>
       </c>
       <c r="C603" s="19">
         <v>6</v>
       </c>
       <c r="D603" s="9" t="s">
         <v>2178</v>
       </c>
       <c r="E603" s="46">
         <v>44672</v>
       </c>
       <c r="F603" s="47">
         <v>46133</v>
       </c>
       <c r="G603" s="9" t="s">
         <v>1905</v>
       </c>
       <c r="H603" s="9" t="s">
         <v>1684</v>
       </c>
       <c r="I603" s="9" t="s">
@@ -34487,402 +34544,402 @@
         <v>46189</v>
       </c>
       <c r="G620" s="9" t="s">
         <v>125</v>
       </c>
       <c r="H620" s="9" t="s">
         <v>2218</v>
       </c>
       <c r="I620" s="9" t="s">
         <v>2219</v>
       </c>
       <c r="J620" s="9" t="s">
         <v>2220</v>
       </c>
       <c r="K620" s="33" t="s">
         <v>2221</v>
       </c>
       <c r="L620" s="9" t="s">
         <v>2222</v>
       </c>
       <c r="M620" s="10" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="621" spans="1:13">
-      <c r="A621" s="112" t="s">
+      <c r="A621" s="109" t="s">
         <v>2225</v>
       </c>
-      <c r="B621" s="112"/>
-[...2 lines deleted...]
-      <c r="E621" s="113">
+      <c r="B621" s="109"/>
+      <c r="C621" s="109"/>
+      <c r="D621" s="109"/>
+      <c r="E621" s="110">
         <v>44728</v>
       </c>
-      <c r="F621" s="113"/>
-[...1 lines deleted...]
-      <c r="H621" s="115"/>
+      <c r="F621" s="110"/>
+      <c r="G621" s="111"/>
+      <c r="H621" s="112"/>
     </row>
     <row r="622" spans="1:13">
-      <c r="A622" s="112"/>
-[...6 lines deleted...]
-      <c r="H622" s="117"/>
+      <c r="A622" s="109"/>
+      <c r="B622" s="109"/>
+      <c r="C622" s="109"/>
+      <c r="D622" s="109"/>
+      <c r="E622" s="110"/>
+      <c r="F622" s="110"/>
+      <c r="G622" s="113"/>
+      <c r="H622" s="114"/>
     </row>
     <row r="623" spans="1:13" ht="15.5">
-      <c r="A623" s="108" t="s">
+      <c r="A623" s="115" t="s">
         <v>2226</v>
       </c>
-      <c r="B623" s="108"/>
-[...1 lines deleted...]
-      <c r="D623" s="108"/>
+      <c r="B623" s="115"/>
+      <c r="C623" s="115"/>
+      <c r="D623" s="115"/>
       <c r="E623" s="81">
         <v>44728</v>
       </c>
       <c r="F623" s="82" t="s">
         <v>2227</v>
       </c>
-      <c r="G623" s="109" t="s">
+      <c r="G623" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H623" s="109"/>
+      <c r="H623" s="116"/>
     </row>
     <row r="624" spans="1:13" ht="15.5">
-      <c r="A624" s="108" t="s">
+      <c r="A624" s="115" t="s">
         <v>2229</v>
       </c>
-      <c r="B624" s="108"/>
-[...1 lines deleted...]
-      <c r="D624" s="108"/>
+      <c r="B624" s="115"/>
+      <c r="C624" s="115"/>
+      <c r="D624" s="115"/>
       <c r="E624" s="81">
         <v>44728</v>
       </c>
       <c r="F624" s="82" t="s">
         <v>2230</v>
       </c>
-      <c r="G624" s="109" t="s">
+      <c r="G624" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H624" s="109"/>
+      <c r="H624" s="116"/>
     </row>
     <row r="625" spans="1:13" ht="15.5">
-      <c r="A625" s="108" t="s">
+      <c r="A625" s="115" t="s">
         <v>2231</v>
       </c>
-      <c r="B625" s="108"/>
-[...1 lines deleted...]
-      <c r="D625" s="108"/>
+      <c r="B625" s="115"/>
+      <c r="C625" s="115"/>
+      <c r="D625" s="115"/>
       <c r="E625" s="81">
         <v>44728</v>
       </c>
       <c r="F625" s="82" t="s">
         <v>2232</v>
       </c>
-      <c r="G625" s="109" t="s">
+      <c r="G625" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H625" s="109"/>
+      <c r="H625" s="116"/>
     </row>
     <row r="626" spans="1:13" ht="15.5">
-      <c r="A626" s="108" t="s">
+      <c r="A626" s="115" t="s">
         <v>2233</v>
       </c>
-      <c r="B626" s="108"/>
-[...1 lines deleted...]
-      <c r="D626" s="108"/>
+      <c r="B626" s="115"/>
+      <c r="C626" s="115"/>
+      <c r="D626" s="115"/>
       <c r="E626" s="81">
         <v>44728</v>
       </c>
       <c r="F626" s="82" t="s">
         <v>2234</v>
       </c>
-      <c r="G626" s="109" t="s">
+      <c r="G626" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H626" s="109"/>
+      <c r="H626" s="116"/>
     </row>
     <row r="627" spans="1:13" ht="15.5">
-      <c r="A627" s="108" t="s">
+      <c r="A627" s="115" t="s">
         <v>2235</v>
       </c>
-      <c r="B627" s="108"/>
-[...1 lines deleted...]
-      <c r="D627" s="108"/>
+      <c r="B627" s="115"/>
+      <c r="C627" s="115"/>
+      <c r="D627" s="115"/>
       <c r="E627" s="81">
         <v>44728</v>
       </c>
       <c r="F627" s="82" t="s">
         <v>2236</v>
       </c>
-      <c r="G627" s="109" t="s">
+      <c r="G627" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H627" s="109"/>
+      <c r="H627" s="116"/>
     </row>
     <row r="628" spans="1:13" ht="15.5">
-      <c r="A628" s="108" t="s">
+      <c r="A628" s="115" t="s">
         <v>2237</v>
       </c>
-      <c r="B628" s="108"/>
-[...1 lines deleted...]
-      <c r="D628" s="108"/>
+      <c r="B628" s="115"/>
+      <c r="C628" s="115"/>
+      <c r="D628" s="115"/>
       <c r="E628" s="81">
         <v>44728</v>
       </c>
       <c r="F628" s="82" t="s">
         <v>2238</v>
       </c>
-      <c r="G628" s="109" t="s">
+      <c r="G628" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H628" s="109"/>
+      <c r="H628" s="116"/>
     </row>
     <row r="629" spans="1:13" ht="15.5">
-      <c r="A629" s="108" t="s">
+      <c r="A629" s="115" t="s">
         <v>2239</v>
       </c>
-      <c r="B629" s="108"/>
-[...1 lines deleted...]
-      <c r="D629" s="108"/>
+      <c r="B629" s="115"/>
+      <c r="C629" s="115"/>
+      <c r="D629" s="115"/>
       <c r="E629" s="81">
         <v>44728</v>
       </c>
       <c r="F629" s="82" t="s">
         <v>2240</v>
       </c>
-      <c r="G629" s="109" t="s">
+      <c r="G629" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H629" s="109"/>
+      <c r="H629" s="116"/>
     </row>
     <row r="630" spans="1:13" ht="15.5">
-      <c r="A630" s="108" t="s">
+      <c r="A630" s="115" t="s">
         <v>2241</v>
       </c>
-      <c r="B630" s="108"/>
-[...1 lines deleted...]
-      <c r="D630" s="108"/>
+      <c r="B630" s="115"/>
+      <c r="C630" s="115"/>
+      <c r="D630" s="115"/>
       <c r="E630" s="81">
         <v>44728</v>
       </c>
       <c r="F630" s="82" t="s">
         <v>2242</v>
       </c>
-      <c r="G630" s="109" t="s">
+      <c r="G630" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H630" s="109"/>
+      <c r="H630" s="116"/>
     </row>
     <row r="631" spans="1:13" ht="15.5">
-      <c r="A631" s="108" t="s">
+      <c r="A631" s="115" t="s">
         <v>2243</v>
       </c>
-      <c r="B631" s="108"/>
-[...1 lines deleted...]
-      <c r="D631" s="108"/>
+      <c r="B631" s="115"/>
+      <c r="C631" s="115"/>
+      <c r="D631" s="115"/>
       <c r="E631" s="81">
         <v>44728</v>
       </c>
       <c r="F631" s="82" t="s">
         <v>2244</v>
       </c>
-      <c r="G631" s="109" t="s">
+      <c r="G631" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H631" s="109"/>
+      <c r="H631" s="116"/>
     </row>
     <row r="632" spans="1:13" ht="15.5">
-      <c r="A632" s="108" t="s">
+      <c r="A632" s="115" t="s">
         <v>2245</v>
       </c>
-      <c r="B632" s="108"/>
-[...1 lines deleted...]
-      <c r="D632" s="108"/>
+      <c r="B632" s="115"/>
+      <c r="C632" s="115"/>
+      <c r="D632" s="115"/>
       <c r="E632" s="81">
         <v>44728</v>
       </c>
       <c r="F632" s="82" t="s">
         <v>2246</v>
       </c>
-      <c r="G632" s="109" t="s">
+      <c r="G632" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H632" s="109"/>
+      <c r="H632" s="116"/>
     </row>
     <row r="633" spans="1:13" ht="15.5">
-      <c r="A633" s="108" t="s">
+      <c r="A633" s="115" t="s">
         <v>2247</v>
       </c>
-      <c r="B633" s="108"/>
-[...1 lines deleted...]
-      <c r="D633" s="108"/>
+      <c r="B633" s="115"/>
+      <c r="C633" s="115"/>
+      <c r="D633" s="115"/>
       <c r="E633" s="81">
         <v>44728</v>
       </c>
       <c r="F633" s="82" t="s">
         <v>2248</v>
       </c>
-      <c r="G633" s="109" t="s">
+      <c r="G633" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H633" s="109"/>
+      <c r="H633" s="116"/>
     </row>
     <row r="634" spans="1:13" ht="15.5">
-      <c r="A634" s="108" t="s">
+      <c r="A634" s="115" t="s">
         <v>2249</v>
       </c>
-      <c r="B634" s="108"/>
-[...1 lines deleted...]
-      <c r="D634" s="108"/>
+      <c r="B634" s="115"/>
+      <c r="C634" s="115"/>
+      <c r="D634" s="115"/>
       <c r="E634" s="81">
         <v>44728</v>
       </c>
       <c r="F634" s="82" t="s">
         <v>2250</v>
       </c>
-      <c r="G634" s="109" t="s">
+      <c r="G634" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H634" s="109"/>
+      <c r="H634" s="116"/>
     </row>
     <row r="635" spans="1:13" ht="15.5">
-      <c r="A635" s="108" t="s">
+      <c r="A635" s="115" t="s">
         <v>2251</v>
       </c>
-      <c r="B635" s="108"/>
-[...1 lines deleted...]
-      <c r="D635" s="108"/>
+      <c r="B635" s="115"/>
+      <c r="C635" s="115"/>
+      <c r="D635" s="115"/>
       <c r="E635" s="81">
         <v>44728</v>
       </c>
       <c r="F635" s="82" t="s">
         <v>2252</v>
       </c>
-      <c r="G635" s="109" t="s">
+      <c r="G635" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H635" s="109"/>
+      <c r="H635" s="116"/>
     </row>
     <row r="636" spans="1:13" ht="15.5">
-      <c r="A636" s="108" t="s">
+      <c r="A636" s="115" t="s">
         <v>2253</v>
       </c>
-      <c r="B636" s="108"/>
-[...1 lines deleted...]
-      <c r="D636" s="108"/>
+      <c r="B636" s="115"/>
+      <c r="C636" s="115"/>
+      <c r="D636" s="115"/>
       <c r="E636" s="81">
         <v>44728</v>
       </c>
       <c r="F636" s="82" t="s">
         <v>2254</v>
       </c>
-      <c r="G636" s="109" t="s">
+      <c r="G636" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H636" s="109"/>
+      <c r="H636" s="116"/>
     </row>
     <row r="637" spans="1:13" s="9" customFormat="1" ht="15.5">
-      <c r="A637" s="110" t="s">
+      <c r="A637" s="117" t="s">
         <v>2673</v>
       </c>
-      <c r="B637" s="110"/>
-[...1 lines deleted...]
-      <c r="D637" s="110"/>
+      <c r="B637" s="117"/>
+      <c r="C637" s="117"/>
+      <c r="D637" s="117"/>
       <c r="E637" s="103">
         <v>45792</v>
       </c>
       <c r="F637" s="104" t="s">
         <v>2674</v>
       </c>
-      <c r="G637" s="109" t="s">
+      <c r="G637" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H637" s="109"/>
+      <c r="H637" s="116"/>
       <c r="K637" s="33"/>
       <c r="M637" s="10"/>
     </row>
     <row r="638" spans="1:13" s="9" customFormat="1" ht="15.5">
-      <c r="A638" s="108" t="s">
+      <c r="A638" s="115" t="s">
         <v>2695</v>
       </c>
-      <c r="B638" s="108"/>
-[...1 lines deleted...]
-      <c r="D638" s="108"/>
+      <c r="B638" s="115"/>
+      <c r="C638" s="115"/>
+      <c r="D638" s="115"/>
       <c r="E638" s="103">
         <v>45792</v>
       </c>
       <c r="F638" s="103" t="s">
         <v>2697</v>
       </c>
-      <c r="G638" s="109" t="s">
+      <c r="G638" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H638" s="109"/>
+      <c r="H638" s="116"/>
       <c r="K638" s="33"/>
       <c r="M638" s="10"/>
     </row>
     <row r="639" spans="1:13" s="9" customFormat="1" ht="15.5">
-      <c r="A639" s="108" t="s">
+      <c r="A639" s="115" t="s">
         <v>2696</v>
       </c>
-      <c r="B639" s="108"/>
-[...1 lines deleted...]
-      <c r="D639" s="108"/>
+      <c r="B639" s="115"/>
+      <c r="C639" s="115"/>
+      <c r="D639" s="115"/>
       <c r="E639" s="103">
         <v>45792</v>
       </c>
       <c r="F639" s="103" t="s">
         <v>2698</v>
       </c>
-      <c r="G639" s="109" t="s">
+      <c r="G639" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H639" s="109"/>
+      <c r="H639" s="116"/>
       <c r="K639" s="33"/>
       <c r="M639" s="10"/>
     </row>
     <row r="640" spans="1:13" s="105" customFormat="1" ht="15.5">
-      <c r="A640" s="108" t="s">
+      <c r="A640" s="115" t="s">
         <v>2712</v>
       </c>
-      <c r="B640" s="108"/>
-[...1 lines deleted...]
-      <c r="D640" s="108"/>
+      <c r="B640" s="115"/>
+      <c r="C640" s="115"/>
+      <c r="D640" s="115"/>
       <c r="E640" s="103">
         <v>45855</v>
       </c>
       <c r="F640" s="103" t="s">
         <v>2699</v>
       </c>
-      <c r="G640" s="109" t="s">
+      <c r="G640" s="116" t="s">
         <v>2228</v>
       </c>
-      <c r="H640" s="109"/>
+      <c r="H640" s="116"/>
       <c r="K640" s="106"/>
       <c r="M640" s="107"/>
     </row>
     <row r="641" spans="1:13" s="9" customFormat="1" ht="31">
       <c r="A641" s="75" t="s">
         <v>2255</v>
       </c>
       <c r="B641" s="75" t="s">
         <v>25</v>
       </c>
       <c r="C641" s="19">
         <v>2</v>
       </c>
       <c r="D641" s="9" t="s">
         <v>2256</v>
       </c>
       <c r="E641" s="46">
         <v>44791</v>
       </c>
       <c r="F641" s="47">
         <v>46252</v>
       </c>
       <c r="G641" s="66" t="s">
         <v>2193</v>
       </c>
@@ -40337,92 +40394,297 @@
       <c r="F774" s="97">
         <v>47379</v>
       </c>
       <c r="G774" s="9" t="s">
         <v>2717</v>
       </c>
       <c r="H774" s="9" t="s">
         <v>2718</v>
       </c>
       <c r="I774" s="9" t="s">
         <v>2719</v>
       </c>
       <c r="J774" s="9" t="s">
         <v>2720</v>
       </c>
       <c r="K774" s="101" t="s">
         <v>2721</v>
       </c>
       <c r="L774" s="9" t="s">
         <v>2722</v>
       </c>
       <c r="M774" s="10" t="s">
         <v>23</v>
       </c>
     </row>
+    <row r="775" spans="1:13" ht="15.5">
+      <c r="A775" s="98" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B775" s="75" t="s">
+        <v>15</v>
+      </c>
+      <c r="C775" s="99">
+        <v>1.5</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2724</v>
+      </c>
+      <c r="E775" s="97">
+        <v>45981</v>
+      </c>
+      <c r="F775" s="97">
+        <v>47442</v>
+      </c>
+      <c r="G775" s="9" t="s">
+        <v>2725</v>
+      </c>
+      <c r="H775" s="9" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I775" s="9" t="s">
+        <v>2727</v>
+      </c>
+      <c r="J775" t="s">
+        <v>2728</v>
+      </c>
+      <c r="K775" s="84" t="s">
+        <v>2729</v>
+      </c>
+      <c r="L775" s="9" t="s">
+        <v>2730</v>
+      </c>
+      <c r="M775" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="776" spans="1:13" ht="15.5">
+      <c r="A776" s="98" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B776" s="75" t="s">
+        <v>15</v>
+      </c>
+      <c r="C776" s="99">
+        <v>4</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2732</v>
+      </c>
+      <c r="E776" s="97">
+        <v>45981</v>
+      </c>
+      <c r="F776" s="97">
+        <v>47442</v>
+      </c>
+      <c r="G776" s="9" t="s">
+        <v>2725</v>
+      </c>
+      <c r="H776" s="9" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I776" s="9" t="s">
+        <v>2727</v>
+      </c>
+      <c r="J776" s="9" t="s">
+        <v>2728</v>
+      </c>
+      <c r="K776" s="84" t="s">
+        <v>2729</v>
+      </c>
+      <c r="L776" s="9" t="s">
+        <v>2730</v>
+      </c>
+      <c r="M776" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="777" spans="1:13" ht="15.5">
+      <c r="A777" s="98" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B777" s="75" t="s">
+        <v>15</v>
+      </c>
+      <c r="C777" s="99">
+        <v>8</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2734</v>
+      </c>
+      <c r="E777" s="97">
+        <v>45981</v>
+      </c>
+      <c r="F777" s="97">
+        <v>47442</v>
+      </c>
+      <c r="G777" s="9" t="s">
+        <v>2725</v>
+      </c>
+      <c r="H777" s="9" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I777" s="9" t="s">
+        <v>2727</v>
+      </c>
+      <c r="J777" s="9" t="s">
+        <v>2728</v>
+      </c>
+      <c r="K777" s="84" t="s">
+        <v>2729</v>
+      </c>
+      <c r="L777" s="9" t="s">
+        <v>2730</v>
+      </c>
+      <c r="M777" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="778" spans="1:13" ht="15.5">
+      <c r="A778" s="98" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B778" s="75" t="s">
+        <v>15</v>
+      </c>
+      <c r="C778" s="99">
+        <v>4</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2736</v>
+      </c>
+      <c r="E778" s="97">
+        <v>45981</v>
+      </c>
+      <c r="F778" s="97">
+        <v>47442</v>
+      </c>
+      <c r="G778" s="9" t="s">
+        <v>2725</v>
+      </c>
+      <c r="H778" s="9" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I778" s="9" t="s">
+        <v>2727</v>
+      </c>
+      <c r="J778" s="9" t="s">
+        <v>2728</v>
+      </c>
+      <c r="K778" s="84" t="s">
+        <v>2729</v>
+      </c>
+      <c r="L778" s="9" t="s">
+        <v>2730</v>
+      </c>
+      <c r="M778" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="779" spans="1:13" ht="15.5">
+      <c r="A779" s="98" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B779" s="75" t="s">
+        <v>25</v>
+      </c>
+      <c r="C779" s="99">
+        <v>3</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2738</v>
+      </c>
+      <c r="E779" s="97">
+        <v>45981</v>
+      </c>
+      <c r="F779" s="97">
+        <v>47442</v>
+      </c>
+      <c r="G779" s="9" t="s">
+        <v>2667</v>
+      </c>
+      <c r="H779" s="9" t="s">
+        <v>2739</v>
+      </c>
+      <c r="I779" s="9" t="s">
+        <v>2668</v>
+      </c>
+      <c r="J779" s="9" t="s">
+        <v>2669</v>
+      </c>
+      <c r="K779" s="84" t="s">
+        <v>2740</v>
+      </c>
+      <c r="L779" s="9" t="s">
+        <v>2741</v>
+      </c>
+      <c r="M779" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="40">
-    <mergeCell ref="A1:F5"/>
-[...22 lines deleted...]
-    <mergeCell ref="G632:H632"/>
+    <mergeCell ref="A639:D639"/>
+    <mergeCell ref="G638:H638"/>
+    <mergeCell ref="G639:H639"/>
+    <mergeCell ref="G640:H640"/>
+    <mergeCell ref="A640:D640"/>
+    <mergeCell ref="A638:D638"/>
     <mergeCell ref="A637:D637"/>
     <mergeCell ref="G637:H637"/>
     <mergeCell ref="A636:D636"/>
     <mergeCell ref="G636:H636"/>
     <mergeCell ref="A633:D633"/>
     <mergeCell ref="G633:H633"/>
     <mergeCell ref="A634:D634"/>
     <mergeCell ref="G634:H634"/>
     <mergeCell ref="A635:D635"/>
     <mergeCell ref="G635:H635"/>
-    <mergeCell ref="A639:D639"/>
-[...4 lines deleted...]
-    <mergeCell ref="A638:D638"/>
+    <mergeCell ref="A630:D630"/>
+    <mergeCell ref="G630:H630"/>
+    <mergeCell ref="A631:D631"/>
+    <mergeCell ref="G631:H631"/>
+    <mergeCell ref="A632:D632"/>
+    <mergeCell ref="G632:H632"/>
+    <mergeCell ref="A627:D627"/>
+    <mergeCell ref="G627:H627"/>
+    <mergeCell ref="A628:D628"/>
+    <mergeCell ref="G628:H628"/>
+    <mergeCell ref="A629:D629"/>
+    <mergeCell ref="G629:H629"/>
+    <mergeCell ref="A624:D624"/>
+    <mergeCell ref="G624:H624"/>
+    <mergeCell ref="A625:D625"/>
+    <mergeCell ref="G625:H625"/>
+    <mergeCell ref="A626:D626"/>
+    <mergeCell ref="G626:H626"/>
+    <mergeCell ref="A1:F5"/>
+    <mergeCell ref="A621:D622"/>
+    <mergeCell ref="E621:F622"/>
+    <mergeCell ref="G621:H622"/>
+    <mergeCell ref="A623:D623"/>
+    <mergeCell ref="G623:H623"/>
   </mergeCells>
   <phoneticPr fontId="32" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="K161" r:id="rId1" display="jal@lasorsa.com " xr:uid="{002E5340-2899-4EF0-9B14-716D3D4EB0B4}"/>
     <hyperlink ref="K246" r:id="rId2" xr:uid="{5FFF7912-DB57-44B6-B825-C438C209668D}"/>
     <hyperlink ref="K249" r:id="rId3" xr:uid="{170280F9-C51A-43DE-AB96-C2EA4E9C0F21}"/>
     <hyperlink ref="K250" r:id="rId4" xr:uid="{8614484E-6D64-4745-8499-C8AC647C02F6}"/>
     <hyperlink ref="K251" r:id="rId5" xr:uid="{3792E1D9-51C0-442D-9C51-5548CF146508}"/>
     <hyperlink ref="K252" r:id="rId6" xr:uid="{59086147-CCAB-4647-84A9-CBE7E8F44330}"/>
     <hyperlink ref="K253" r:id="rId7" xr:uid="{615CF839-2AA3-463D-8E47-4FB8BA7C88CB}"/>
     <hyperlink ref="K254" r:id="rId8" xr:uid="{5F776E98-04BD-48D5-8E0F-D06E746CA47D}"/>
     <hyperlink ref="K255" r:id="rId9" xr:uid="{BF12BEBD-0BDF-4A86-AD0D-4A4118043490}"/>
     <hyperlink ref="K247" r:id="rId10" xr:uid="{F98ACDE2-6CCE-4E9C-A5CE-2534D08BF3DD}"/>
     <hyperlink ref="K248" r:id="rId11" xr:uid="{A1E1E7C9-1C9A-48DF-AFBA-E2ED54ED4FF2}"/>
     <hyperlink ref="K256" r:id="rId12" xr:uid="{1501EF1B-E664-42E3-8AF8-A052FFD69227}"/>
     <hyperlink ref="K257" r:id="rId13" xr:uid="{BF45EF12-4C83-4CD7-98C4-5D0C5E3ACA3C}"/>
     <hyperlink ref="K258" r:id="rId14" xr:uid="{8C4694B6-BDAC-40FF-9901-A7AC1E06CA7E}"/>
     <hyperlink ref="K259" r:id="rId15" xr:uid="{A16CF266-3DC6-4BA4-ABFC-1E3E1025C052}"/>
     <hyperlink ref="K260" r:id="rId16" xr:uid="{0F420D93-F800-4E2F-A057-5F828211B1C7}"/>
     <hyperlink ref="K261" r:id="rId17" xr:uid="{001ADF5B-79EE-4D7A-86CC-2D57593FE9CA}"/>
     <hyperlink ref="K262" r:id="rId18" xr:uid="{C3CFC24E-EDA4-41D8-BC36-63A682DD0D39}"/>
     <hyperlink ref="K263" r:id="rId19" xr:uid="{93378FC7-3151-4FD3-A6E6-58D722F22D66}"/>
     <hyperlink ref="K283" r:id="rId20" xr:uid="{E094DABD-71F4-4C86-A559-2C79E64DF173}"/>
     <hyperlink ref="K276" r:id="rId21" xr:uid="{68686844-84C5-4085-8CE1-C5F7F5FB6FAF}"/>
     <hyperlink ref="K277" r:id="rId22" xr:uid="{579DBD51-4D2F-4CFB-A6FB-804CD7CE6E39}"/>
@@ -40792,53 +41054,58 @@
     <hyperlink ref="K683" r:id="rId386" display="sharondecet@yahoo.com" xr:uid="{AC5700D9-ABD5-4D2B-9A1A-F8CDFC75DD76}"/>
     <hyperlink ref="K684" r:id="rId387" display="sharondecet@yahoo.com" xr:uid="{9263935A-5DCC-4C25-8EDB-1198956C6E5F}"/>
     <hyperlink ref="K687:K689" r:id="rId388" display="sharondecet@yahoo.com" xr:uid="{FA69AF98-671A-4C0C-AEAB-D7CD6E187A20}"/>
     <hyperlink ref="K685" r:id="rId389" display="sharondecet@yahoo.com" xr:uid="{757C48BF-C62F-4859-9B3A-812E530A00F4}"/>
     <hyperlink ref="K687" r:id="rId390" display="sharondecet@yahoo.com" xr:uid="{52A784E0-6B00-4F37-924E-3660ABDF405E}"/>
     <hyperlink ref="K688" r:id="rId391" display="sharondecet@yahoo.com" xr:uid="{F88D8CCB-447A-4F5C-BE3C-4E1228719EF6}"/>
     <hyperlink ref="K689" r:id="rId392" display="sharondecet@yahoo.com" xr:uid="{3B0AD149-330D-4063-8A20-AE5EF0C8D284}"/>
     <hyperlink ref="K690" r:id="rId393" display="sharondecet@yahoo.com" xr:uid="{DD9D9527-2B07-44D6-BBB4-4BE0FF33AC83}"/>
     <hyperlink ref="K693" r:id="rId394" display="sharondecet@yahoo.com" xr:uid="{70311AD8-B7CD-4EFC-A2DD-DAC188922CC3}"/>
     <hyperlink ref="K694" r:id="rId395" display="sharondecet@yahoo.com" xr:uid="{198ACB2B-316C-440F-87F4-C0C14F1C20EA}"/>
     <hyperlink ref="K695" r:id="rId396" display="sharondecet@yahoo.com" xr:uid="{6651FA27-7327-4103-9005-A876F8C3664B}"/>
     <hyperlink ref="K696" r:id="rId397" display="sharondecet@yahoo.com" xr:uid="{9527FF20-9612-4EA5-93BD-08533CD10B60}"/>
     <hyperlink ref="K697" r:id="rId398" display="sharondecet@yahoo.com" xr:uid="{6789CA22-CE3C-4A54-A7C6-CF5978315F66}"/>
     <hyperlink ref="K700" r:id="rId399" display="Mariana.Israel@aus.com" xr:uid="{1F6BBDDA-E6F2-4466-BAE0-98C6A3702E1A}"/>
     <hyperlink ref="K698" r:id="rId400" display="Mariana.Israel@aus.com" xr:uid="{3149B637-88DF-4CD6-A81E-397F3C41D504}"/>
     <hyperlink ref="K699" r:id="rId401" display="Mariana.Israel@aus.com" xr:uid="{A66CADBC-C1BE-4762-BB98-7D38062B5F77}"/>
     <hyperlink ref="K712" r:id="rId402" display="Mariana.Israel@aus.com" xr:uid="{0823C2A3-397B-47DF-9C12-00A336BB8901}"/>
     <hyperlink ref="K714" r:id="rId403" display="Mariana.Israel@aus.com" xr:uid="{7668FF76-9BFD-4970-8EC1-49519662387C}"/>
     <hyperlink ref="K707" r:id="rId404" display="rtaylor@capitolspecialpolice.com" xr:uid="{C9E70310-4165-485B-8304-3A66ED52CA1D}"/>
     <hyperlink ref="K715" r:id="rId405" display="webbpolygraph@gmail.com" xr:uid="{A3B327DA-2AE5-41A7-9B85-C7464F43C62E}"/>
     <hyperlink ref="K716" r:id="rId406" display="margaret@sesproducts.com" xr:uid="{F285331A-E5BD-4AB3-B65C-7A1B9420EA28}"/>
     <hyperlink ref="K762" r:id="rId407" xr:uid="{D13BF0DB-3C9B-45EF-A653-05249AF28E54}"/>
     <hyperlink ref="K767" r:id="rId408" xr:uid="{4F1AD1D8-95ED-46A4-B44D-F878D698C1B4}"/>
     <hyperlink ref="K771" r:id="rId409" xr:uid="{8D7CA683-D5AC-4B2E-968C-40F7F6E29830}"/>
     <hyperlink ref="K774" r:id="rId410" xr:uid="{71130398-A734-4184-A255-5AF3853D91B1}"/>
+    <hyperlink ref="K775" r:id="rId411" xr:uid="{3C8F832F-DDB8-4CF9-B218-2AA599CB1586}"/>
+    <hyperlink ref="K776" r:id="rId412" xr:uid="{14CF7654-CF15-4421-B95F-B17C35AA03FD}"/>
+    <hyperlink ref="K777" r:id="rId413" xr:uid="{1924349C-C443-45B9-8825-2142D55A533A}"/>
+    <hyperlink ref="K778" r:id="rId414" xr:uid="{A74AAA30-A2A0-4521-9407-EA4E66CA3509}"/>
+    <hyperlink ref="K779" r:id="rId415" xr:uid="{67003395-3C66-4E77-8580-E6297F7E1460}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="80" orientation="landscape" r:id="rId411"/>
+  <pageSetup scale="80" orientation="landscape" r:id="rId416"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>