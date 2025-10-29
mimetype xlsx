--- v0 (2025-10-07)
+++ v1 (2025-10-29)
@@ -1,92 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26924"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\lpatton\Desktop\PRORATE CALCULATOR\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ddorazio\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\SEZ32UX4\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C53E720-3A75-4BCF-8163-F90900539A7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CB489A14-3252-40F1-8D33-33DE846E3CC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{86AF4E8E-B98D-4D11-90AC-9CF69C9339AE}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="1" xr2:uid="{86AF4E8E-B98D-4D11-90AC-9CF69C9339AE}"/>
   </bookViews>
   <sheets>
     <sheet name="instructions" sheetId="2" r:id="rId1"/>
     <sheet name="pro-rated services calculator" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D17" i="1" l="1"/>
+  <c r="D19" i="1" l="1"/>
+  <c r="G3" i="1"/>
+  <c r="D17" i="1"/>
   <c r="B9" i="1"/>
   <c r="B4" i="1" l="1"/>
-  <c r="G3" i="1" s="1"/>
   <c r="D18" i="1" s="1"/>
-  <c r="D19" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="19">
   <si>
     <t>cost per day</t>
   </si>
   <si>
     <t>total cost of service</t>
   </si>
   <si>
     <t>start date of service</t>
   </si>
   <si>
     <t>end date of service</t>
   </si>
   <si>
     <t>start date of POP</t>
   </si>
   <si>
     <t>end date of POP</t>
   </si>
   <si>
     <t>days</t>
@@ -675,275 +675,276 @@
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94F17057-0E5C-43ED-B000-C135B8174EAF}">
   <dimension ref="A1:N8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:N2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="5" max="5" width="7.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="14" max="14" width="15.85546875" customWidth="1"/>
+    <col min="5" max="5" width="7.77734375" customWidth="1"/>
+    <col min="10" max="10" width="6.33203125" customWidth="1"/>
+    <col min="14" max="14" width="15.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="12"/>
       <c r="C2" s="12"/>
       <c r="D2" s="12"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
       <c r="K2" s="12"/>
       <c r="L2" s="12"/>
       <c r="M2" s="12"/>
       <c r="N2" s="13"/>
     </row>
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A4" s="7" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="8"/>
       <c r="C4" s="8"/>
       <c r="D4" s="8"/>
       <c r="E4" s="9"/>
     </row>
-    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A6" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
       <c r="D6" s="10"/>
       <c r="E6" s="10"/>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:14" x14ac:dyDescent="0.3">
       <c r="A8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="10"/>
       <c r="C8" s="10"/>
       <c r="D8" s="10"/>
       <c r="E8" s="10"/>
       <c r="F8" s="10"/>
       <c r="G8" s="10"/>
       <c r="H8" s="10"/>
       <c r="I8" s="10"/>
       <c r="J8" s="10"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A8:J8"/>
     <mergeCell ref="A2:N2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF7744D4-473B-4FA2-837B-EF783FAEB33F}">
   <dimension ref="A1:G19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D13" sqref="D13"/>
+      <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="17.21875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16" customWidth="1"/>
-    <col min="3" max="3" width="14.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="21.42578125" style="2" customWidth="1"/>
+    <col min="3" max="3" width="14.6640625" customWidth="1"/>
+    <col min="4" max="4" width="17.77734375" customWidth="1"/>
+    <col min="5" max="5" width="21.44140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="18" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="14" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="14"/>
       <c r="C1" s="14"/>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="5">
-        <v>45714</v>
+        <v>45869</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="G2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A3" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="5">
-        <v>46809</v>
+        <v>46964</v>
       </c>
       <c r="E3" s="6">
-        <v>115380</v>
+        <v>13771.31</v>
       </c>
       <c r="G3" s="3">
-        <f>E3/B4</f>
-[...3 lines deleted...]
-    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+        <f>ROUND(E3/B4,2)</f>
+        <v>12.58</v>
+      </c>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.3">
       <c r="B4" s="1">
         <f>B3-B2</f>
         <v>1095</v>
       </c>
       <c r="C4" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A6" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="14"/>
       <c r="C6" s="14"/>
     </row>
-    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
-        <v>45261</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+        <v>45536</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="5">
-        <v>46446</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="B9" s="1">
         <f>B8-B7</f>
-        <v>1185</v>
+        <v>1094</v>
       </c>
       <c r="C9" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A11" s="14" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="14"/>
       <c r="C11" s="14"/>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="D12" s="5">
-        <v>45714</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+        <v>45869</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
         <v>11</v>
       </c>
-      <c r="D15" s="5"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D15" s="5">
+        <v>46630</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="17" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:5" x14ac:dyDescent="0.3">
       <c r="D17" s="1">
         <f>D15-D12</f>
-        <v>-45714</v>
+        <v>761</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="18" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:5" x14ac:dyDescent="0.3">
       <c r="D18" s="3">
         <f>G3</f>
-        <v>105.36986301369863</v>
+        <v>12.58</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:5" x14ac:dyDescent="0.3">
       <c r="B19" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="4"/>
       <c r="D19" s="3">
-        <f>D17*D18</f>
-        <v>-4816877.9178082198</v>
+        <f>ROUND(D17*D18,2)</f>
+        <v>9573.3799999999992</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A11:C11"/>
   </mergeCells>
   <dataValidations count="7">
     <dataValidation type="date" showInputMessage="1" showErrorMessage="1" prompt="enter start date of service as paid on invoice, example 3/28/2025" sqref="B2" xr:uid="{5037CC7F-2489-42AC-AB89-5C02EE28E159}">
       <formula1>43831</formula1>
       <formula2>54789</formula2>
     </dataValidation>
     <dataValidation type="date" showInputMessage="1" showErrorMessage="1" prompt="enter end date of service as paid on invoice, example 3/28/2028" sqref="B3" xr:uid="{A6CD8071-9379-4039-821D-F64FD97C08D3}">
       <formula1>43831</formula1>
       <formula2>54789</formula2>
     </dataValidation>
     <dataValidation type="date" showInputMessage="1" showErrorMessage="1" prompt="enter start date of period of performance of grant, example 12/1/2023" sqref="B7" xr:uid="{742C0568-BDF0-4226-A647-9387963F1207}">
       <formula1>43831</formula1>
       <formula2>54789</formula2>
     </dataValidation>
     <dataValidation type="date" showInputMessage="1" showErrorMessage="1" prompt="enter end date of period of performance of grant, example 4/30/27" sqref="B8" xr:uid="{57E6F3B8-2417-4A99-B8F6-B209C0F65336}">
       <formula1>43831</formula1>
       <formula2>54789</formula2>
     </dataValidation>
     <dataValidation type="date" showInputMessage="1" showErrorMessage="1" prompt="enter date of service overlapping with POP (must be on or after start date of POP and before end date of POP), example 3/28/25" sqref="D12" xr:uid="{FAC2493D-A60C-45E3-A8AF-0C7E4DCB0F70}">
       <formula1>B7</formula1>
       <formula2>B8</formula2>